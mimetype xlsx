--- v0 (2026-02-07)
+++ v1 (2026-02-20)
@@ -32,60 +32,60 @@
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment3.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment4.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment5.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment6.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11011"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10208"/>
   <workbookPr date1904="1" codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Shared/Previously Relocated Items/Security/All My Stuff/Home Page 2002/pc/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A136F436-EC77-9348-B49B-843C58D3D965}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD9D2237-E6EE-3747-A737-882D33328747}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="780" windowWidth="38400" windowHeight="23060" tabRatio="772" firstSheet="2" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="660" windowWidth="30240" windowHeight="18980" tabRatio="772" firstSheet="3" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Input sheet" sheetId="11" r:id="rId1"/>
     <sheet name="Valuation output" sheetId="13" r:id="rId2"/>
     <sheet name="Stories to Numbers" sheetId="28" r:id="rId3"/>
     <sheet name="Valuation as picture" sheetId="32" r:id="rId4"/>
     <sheet name="Diagnostics" sheetId="12" r:id="rId5"/>
     <sheet name="Option value" sheetId="14" r:id="rId6"/>
     <sheet name="Synthetic rating" sheetId="20" r:id="rId7"/>
     <sheet name="R&amp; D converter" sheetId="25" r:id="rId8"/>
     <sheet name="Operating lease converter" sheetId="18" r:id="rId9"/>
     <sheet name="Cost of capital worksheet" sheetId="19" r:id="rId10"/>
     <sheet name="Failure Rate worksheet" sheetId="30" r:id="rId11"/>
     <sheet name="Country equity risk premiums" sheetId="23" r:id="rId12"/>
     <sheet name="Industry Averages(US)" sheetId="8" r:id="rId13"/>
     <sheet name="Industry Averages (Global)" sheetId="26" r:id="rId14"/>
     <sheet name="Input Stat Distributioons" sheetId="31" r:id="rId15"/>
     <sheet name="Trailing 12 month Worskheet" sheetId="24" r:id="rId16"/>
     <sheet name="Answer keys" sheetId="21" r:id="rId17"/>
   </sheets>
   <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -496,52 +496,50 @@
   <c r="H28" i="30"/>
   <c r="I28" i="30"/>
   <c r="J28" i="30"/>
   <c r="K28" i="30"/>
   <c r="L28" i="30"/>
   <c r="D29" i="30"/>
   <c r="E29" i="30"/>
   <c r="F29" i="30"/>
   <c r="G29" i="30"/>
   <c r="H29" i="30"/>
   <c r="I29" i="30"/>
   <c r="J29" i="30"/>
   <c r="K29" i="30"/>
   <c r="L29" i="30"/>
   <c r="C9" i="28"/>
   <c r="B3" i="13"/>
   <c r="B9" i="28"/>
   <c r="C2" i="13"/>
   <c r="D3" i="12"/>
   <c r="B62" i="11"/>
   <c r="G1" i="28"/>
   <c r="B24" i="19"/>
   <c r="B37" i="19"/>
   <c r="C54" i="19" s="1"/>
   <c r="C56" i="19" s="1"/>
-  <c r="C15" i="18"/>
-  <c r="C26" i="18" s="1"/>
   <c r="D2" i="13"/>
   <c r="E3" i="12"/>
   <c r="H32" i="19"/>
   <c r="J25" i="19" s="1"/>
   <c r="K25" i="19" s="1"/>
   <c r="J27" i="19"/>
   <c r="K27" i="19" s="1"/>
   <c r="K27" i="11"/>
   <c r="B31" i="11"/>
   <c r="B32" i="11"/>
   <c r="H38" i="13"/>
   <c r="K26" i="11"/>
   <c r="C9" i="32"/>
   <c r="M2" i="13"/>
   <c r="O16" i="32"/>
   <c r="P7" i="32"/>
   <c r="J26" i="11"/>
   <c r="C7" i="20"/>
   <c r="I53" i="19"/>
   <c r="L53" i="19" s="1"/>
   <c r="K53" i="19"/>
   <c r="I54" i="19"/>
   <c r="J54" i="19" s="1"/>
   <c r="K54" i="19"/>
   <c r="I55" i="19"/>
@@ -621,53 +619,51 @@
   <c r="D18" i="18"/>
   <c r="B27" i="18"/>
   <c r="E8" i="24"/>
   <c r="A25" i="25"/>
   <c r="B25" i="25"/>
   <c r="E25" i="25"/>
   <c r="A12" i="25"/>
   <c r="A13" i="25"/>
   <c r="B26" i="25"/>
   <c r="E26" i="25"/>
   <c r="B27" i="25"/>
   <c r="E27" i="25"/>
   <c r="C24" i="25"/>
   <c r="B28" i="25"/>
   <c r="B29" i="25"/>
   <c r="B30" i="25"/>
   <c r="B31" i="25"/>
   <c r="B32" i="25"/>
   <c r="B33" i="25"/>
   <c r="B34" i="25"/>
   <c r="B18" i="19"/>
   <c r="B19" i="19"/>
   <c r="E10" i="24"/>
   <c r="B31" i="19"/>
   <c r="C53" i="19" s="1"/>
-  <c r="C60" i="19" s="1"/>
   <c r="F9" i="20"/>
-  <c r="D12" i="20" s="1"/>
   <c r="B30" i="19"/>
   <c r="D60" i="19"/>
   <c r="B38" i="19"/>
   <c r="H18" i="19"/>
   <c r="J5" i="19" s="1"/>
   <c r="J9" i="19"/>
   <c r="K9" i="19" s="1"/>
   <c r="J10" i="19"/>
   <c r="K10" i="19" s="1"/>
   <c r="J11" i="19"/>
   <c r="K11" i="19"/>
   <c r="J12" i="19"/>
   <c r="K12" i="19" s="1"/>
   <c r="J13" i="19"/>
   <c r="K13" i="19"/>
   <c r="J17" i="19"/>
   <c r="K17" i="19" s="1"/>
   <c r="D62" i="19"/>
   <c r="B26" i="13"/>
   <c r="B27" i="13"/>
   <c r="B21" i="32"/>
   <c r="B28" i="13"/>
   <c r="B22" i="32"/>
   <c r="B32" i="13"/>
   <c r="B26" i="32"/>
@@ -719,54 +715,53 @@
   <c r="D16" i="14"/>
   <c r="B10" i="14"/>
   <c r="D15" i="14"/>
   <c r="B7" i="14"/>
   <c r="D18" i="14"/>
   <c r="B6" i="14"/>
   <c r="B19" i="14"/>
   <c r="B5" i="14"/>
   <c r="B16" i="14"/>
   <c r="B18" i="14"/>
   <c r="B4" i="14"/>
   <c r="B15" i="14"/>
   <c r="B9" i="14"/>
   <c r="D17" i="14"/>
   <c r="D20" i="14"/>
   <c r="D19" i="14"/>
   <c r="I25" i="11"/>
   <c r="C3" i="12"/>
   <c r="C25" i="25"/>
   <c r="B24" i="25"/>
   <c r="D24" i="25"/>
   <c r="B25" i="13"/>
   <c r="B19" i="32" s="1"/>
   <c r="F8" i="20"/>
   <c r="B45" i="19"/>
-  <c r="C55" i="19"/>
+  <c r="C55" i="19" s="1"/>
   <c r="J58" i="19"/>
   <c r="B23" i="19"/>
-  <c r="C57" i="19" s="1"/>
   <c r="J40" i="19"/>
   <c r="K41" i="19"/>
   <c r="J8" i="19"/>
   <c r="K8" i="19" s="1"/>
   <c r="J7" i="19"/>
   <c r="A27" i="25"/>
   <c r="A14" i="25"/>
   <c r="A26" i="25"/>
   <c r="C26" i="25"/>
   <c r="D26" i="25"/>
   <c r="A15" i="25"/>
   <c r="A28" i="25"/>
   <c r="C27" i="25"/>
   <c r="A16" i="25"/>
   <c r="A29" i="25"/>
   <c r="E28" i="25"/>
   <c r="C28" i="25"/>
   <c r="D28" i="25"/>
   <c r="A17" i="25"/>
   <c r="A30" i="25"/>
   <c r="E29" i="25"/>
   <c r="C29" i="25"/>
   <c r="D29" i="25"/>
   <c r="A31" i="25"/>
   <c r="A18" i="25"/>
@@ -817,135 +812,111 @@
   <c r="L54" i="19"/>
   <c r="K7" i="19"/>
   <c r="J45" i="19"/>
   <c r="L46" i="19"/>
   <c r="L47" i="19"/>
   <c r="L41" i="19"/>
   <c r="J43" i="19"/>
   <c r="F16" i="32"/>
   <c r="E2" i="13"/>
   <c r="F2" i="13"/>
   <c r="H16" i="32"/>
   <c r="C6" i="13"/>
   <c r="D6" i="13"/>
   <c r="E6" i="13"/>
   <c r="F6" i="13"/>
   <c r="G6" i="13"/>
   <c r="H6" i="13"/>
   <c r="I6" i="13"/>
   <c r="J6" i="13"/>
   <c r="K6" i="13"/>
   <c r="L6" i="13"/>
   <c r="D35" i="28"/>
   <c r="D25" i="25"/>
   <c r="D35" i="25"/>
   <c r="B39" i="13"/>
-  <c r="I27" i="11"/>
+  <c r="I27" i="11" s="1"/>
   <c r="B17" i="12" s="1"/>
   <c r="J21" i="19"/>
   <c r="J26" i="19"/>
   <c r="K26" i="19"/>
   <c r="J23" i="19"/>
   <c r="K23" i="19"/>
   <c r="F28" i="32"/>
   <c r="E16" i="32"/>
   <c r="B60" i="19"/>
   <c r="E35" i="25"/>
   <c r="D37" i="25"/>
   <c r="D39" i="25"/>
   <c r="B5" i="13"/>
   <c r="B7" i="13" s="1"/>
   <c r="B8" i="32"/>
   <c r="B7" i="12"/>
   <c r="C3" i="13"/>
   <c r="J28" i="32"/>
   <c r="I38" i="13"/>
   <c r="B20" i="32"/>
   <c r="C17" i="12"/>
   <c r="F9" i="28"/>
   <c r="B7" i="32"/>
   <c r="B33" i="12"/>
-  <c r="C27" i="18"/>
-[...4 lines deleted...]
-  <c r="C25" i="18"/>
   <c r="J37" i="19"/>
   <c r="L37" i="19"/>
   <c r="L38" i="19"/>
   <c r="F38" i="13"/>
   <c r="H28" i="32"/>
   <c r="G38" i="13"/>
   <c r="G16" i="32"/>
   <c r="G2" i="13"/>
   <c r="I16" i="32"/>
   <c r="K21" i="19"/>
   <c r="J2" i="13"/>
   <c r="L16" i="32"/>
   <c r="C7" i="12"/>
   <c r="E17" i="32"/>
   <c r="B17" i="28"/>
   <c r="D3" i="13"/>
   <c r="B18" i="28"/>
-  <c r="B10" i="32"/>
-[...2 lines deleted...]
-  <c r="B10" i="28"/>
   <c r="D40" i="25"/>
   <c r="J38" i="13"/>
   <c r="K28" i="32"/>
   <c r="I28" i="32"/>
   <c r="D17" i="12"/>
   <c r="H2" i="13"/>
   <c r="J16" i="32"/>
   <c r="K2" i="13"/>
   <c r="M16" i="32"/>
   <c r="I2" i="13"/>
   <c r="K16" i="32"/>
   <c r="L2" i="13"/>
   <c r="N16" i="32"/>
   <c r="C8" i="13"/>
   <c r="F17" i="32"/>
   <c r="E3" i="13"/>
-  <c r="B12" i="12"/>
-[...2 lines deleted...]
-  <c r="C10" i="28" s="1"/>
   <c r="L28" i="32"/>
   <c r="K38" i="13"/>
   <c r="E21" i="32"/>
-  <c r="C39" i="13"/>
-[...8 lines deleted...]
-  <c r="L39" i="13" s="1"/>
   <c r="F17" i="28"/>
   <c r="F3" i="13"/>
   <c r="E8" i="13"/>
   <c r="B19" i="28"/>
   <c r="D8" i="13"/>
   <c r="G17" i="32"/>
   <c r="L38" i="13"/>
   <c r="M28" i="32"/>
   <c r="H17" i="32"/>
   <c r="G3" i="13"/>
   <c r="D7" i="12"/>
   <c r="B20" i="28"/>
   <c r="F21" i="32"/>
   <c r="F18" i="28"/>
   <c r="E17" i="12"/>
   <c r="N28" i="32"/>
   <c r="G21" i="32"/>
   <c r="F19" i="28"/>
   <c r="M12" i="13"/>
   <c r="F14" i="28" s="1"/>
   <c r="H3" i="13"/>
   <c r="B22" i="28"/>
   <c r="F8" i="13"/>
   <c r="B21" i="28"/>
   <c r="I17" i="32"/>
@@ -965,391 +936,420 @@
   <c r="L17" i="32"/>
   <c r="K3" i="13"/>
   <c r="B24" i="28"/>
   <c r="I8" i="13"/>
   <c r="K21" i="32"/>
   <c r="F23" i="28"/>
   <c r="B25" i="28"/>
   <c r="L3" i="13"/>
   <c r="J8" i="13"/>
   <c r="M17" i="32"/>
   <c r="L21" i="32"/>
   <c r="F24" i="28"/>
   <c r="K8" i="13"/>
   <c r="B26" i="28"/>
   <c r="M3" i="13"/>
   <c r="E7" i="12"/>
   <c r="N17" i="32"/>
   <c r="L8" i="13"/>
   <c r="B27" i="28"/>
   <c r="J34" i="11"/>
   <c r="O17" i="32"/>
   <c r="F25" i="28"/>
   <c r="M21" i="32"/>
   <c r="F26" i="28"/>
   <c r="N21" i="32"/>
-  <c r="B17" i="13" l="1"/>
+  <c r="C60" i="19" l="1"/>
+  <c r="C57" i="19"/>
+  <c r="D12" i="20"/>
+  <c r="C15" i="18"/>
+  <c r="C39" i="13"/>
+  <c r="D39" i="13" s="1"/>
+  <c r="E39" i="13" s="1"/>
+  <c r="F39" i="13" s="1"/>
+  <c r="G39" i="13" s="1"/>
+  <c r="H39" i="13" s="1"/>
+  <c r="I39" i="13" s="1"/>
+  <c r="J39" i="13" s="1"/>
+  <c r="K39" i="13" s="1"/>
+  <c r="L39" i="13" s="1"/>
+  <c r="B4" i="13"/>
+  <c r="B10" i="32"/>
+  <c r="C24" i="18"/>
+  <c r="C22" i="18"/>
+  <c r="C27" i="18"/>
+  <c r="B17" i="13"/>
   <c r="P8" i="32"/>
   <c r="E31" i="12"/>
   <c r="K22" i="19"/>
   <c r="B40" i="13"/>
   <c r="B11" i="32"/>
   <c r="I29" i="11"/>
-  <c r="C61" i="19"/>
   <c r="K29" i="19"/>
-  <c r="F34" i="18"/>
-[...2 lines deleted...]
-  <c r="F32" i="18" s="1"/>
   <c r="D14" i="20"/>
   <c r="D16" i="20" s="1"/>
   <c r="E60" i="19"/>
   <c r="B61" i="19" s="1"/>
   <c r="K5" i="19"/>
-  <c r="B29" i="11"/>
   <c r="C62" i="19"/>
   <c r="J30" i="19"/>
   <c r="K30" i="19" s="1"/>
   <c r="K39" i="19"/>
   <c r="J16" i="19"/>
   <c r="K16" i="19" s="1"/>
   <c r="J61" i="19"/>
   <c r="J57" i="19"/>
   <c r="J53" i="19"/>
   <c r="L56" i="19"/>
   <c r="J52" i="19"/>
   <c r="J60" i="19"/>
-  <c r="C4" i="13"/>
   <c r="J6" i="19"/>
   <c r="K6" i="19" s="1"/>
   <c r="J48" i="19"/>
   <c r="K48" i="19" s="1"/>
   <c r="K43" i="19"/>
   <c r="D34" i="28"/>
   <c r="J24" i="19"/>
   <c r="K24" i="19" s="1"/>
   <c r="J22" i="19"/>
   <c r="K42" i="19"/>
   <c r="J28" i="19"/>
   <c r="K28" i="19" s="1"/>
   <c r="D13" i="20"/>
   <c r="J31" i="19"/>
   <c r="K31" i="19" s="1"/>
   <c r="J42" i="19"/>
   <c r="J29" i="19"/>
   <c r="L48" i="19"/>
   <c r="B67" i="19" s="1"/>
-  <c r="L4" i="13" l="1"/>
-[...7 lines deleted...]
-  <c r="G4" i="13"/>
+  <c r="C61" i="19" l="1"/>
+  <c r="C26" i="18"/>
+  <c r="C25" i="18"/>
+  <c r="C23" i="18"/>
+  <c r="B9" i="32"/>
+  <c r="B10" i="28"/>
+  <c r="B12" i="12"/>
+  <c r="I26" i="11"/>
+  <c r="B27" i="11" s="1"/>
+  <c r="C28" i="18"/>
   <c r="J18" i="19"/>
   <c r="D61" i="19"/>
   <c r="E61" i="19" s="1"/>
-  <c r="C5" i="13"/>
-[...3 lines deleted...]
-  <c r="C12" i="12"/>
   <c r="K18" i="19"/>
   <c r="J64" i="19"/>
   <c r="K64" i="19" s="1"/>
   <c r="B13" i="28"/>
   <c r="B27" i="12"/>
   <c r="K32" i="19"/>
   <c r="B27" i="19" s="1"/>
   <c r="B62" i="19" s="1"/>
-  <c r="E62" i="19" s="1"/>
+  <c r="J32" i="19"/>
+  <c r="L64" i="19"/>
+  <c r="F34" i="18" l="1"/>
+  <c r="F33" i="18"/>
+  <c r="F31" i="18"/>
+  <c r="F32" i="18" s="1"/>
+  <c r="C10" i="28"/>
+  <c r="C4" i="13"/>
+  <c r="B29" i="11"/>
+  <c r="E62" i="19"/>
   <c r="B13" i="19" s="1"/>
   <c r="B35" i="11" s="1"/>
-  <c r="J32" i="19"/>
-[...1 lines deleted...]
-  <c r="C12" i="13" l="1"/>
+  <c r="C12" i="13" s="1"/>
+  <c r="I31" i="11" l="1"/>
   <c r="B46" i="11"/>
-  <c r="I31" i="11"/>
-[...65 lines deleted...]
-  <c r="K19" i="32"/>
+  <c r="J4" i="13"/>
+  <c r="G4" i="13"/>
+  <c r="E4" i="13"/>
+  <c r="D4" i="13"/>
+  <c r="I4" i="13"/>
+  <c r="H4" i="13"/>
+  <c r="L4" i="13"/>
+  <c r="F4" i="13"/>
+  <c r="K4" i="13"/>
+  <c r="C5" i="13"/>
+  <c r="E18" i="32"/>
+  <c r="C17" i="28"/>
+  <c r="D17" i="28" s="1"/>
+  <c r="C12" i="12"/>
   <c r="D31" i="12"/>
   <c r="E25" i="32"/>
   <c r="C13" i="13"/>
   <c r="D14" i="28"/>
   <c r="D12" i="13"/>
-  <c r="F7" i="13" l="1"/>
-[...2 lines deleted...]
-  <c r="C14" i="13"/>
+  <c r="C10" i="13" l="1"/>
+  <c r="C7" i="13"/>
+  <c r="E19" i="32"/>
+  <c r="C23" i="28"/>
+  <c r="D23" i="28" s="1"/>
+  <c r="I5" i="13"/>
+  <c r="K19" i="32" s="1"/>
+  <c r="K18" i="32"/>
+  <c r="E5" i="13"/>
+  <c r="G19" i="32" s="1"/>
+  <c r="C19" i="28"/>
+  <c r="D19" i="28" s="1"/>
+  <c r="G18" i="32"/>
+  <c r="C20" i="28"/>
+  <c r="D20" i="28" s="1"/>
+  <c r="F5" i="13"/>
+  <c r="H19" i="32" s="1"/>
+  <c r="H18" i="32"/>
+  <c r="N18" i="32"/>
+  <c r="M4" i="13"/>
+  <c r="L5" i="13"/>
+  <c r="N19" i="32" s="1"/>
+  <c r="C26" i="28"/>
+  <c r="D26" i="28" s="1"/>
+  <c r="H5" i="13"/>
+  <c r="J19" i="32" s="1"/>
+  <c r="C22" i="28"/>
+  <c r="D22" i="28" s="1"/>
+  <c r="J18" i="32"/>
+  <c r="D5" i="13"/>
+  <c r="F18" i="32"/>
+  <c r="C18" i="28"/>
+  <c r="D18" i="28" s="1"/>
+  <c r="C21" i="28"/>
+  <c r="D21" i="28" s="1"/>
+  <c r="G5" i="13"/>
+  <c r="I19" i="32" s="1"/>
+  <c r="I18" i="32"/>
+  <c r="D12" i="12"/>
+  <c r="E10" i="28"/>
+  <c r="C25" i="28"/>
+  <c r="D25" i="28" s="1"/>
+  <c r="M18" i="32"/>
+  <c r="K5" i="13"/>
+  <c r="M19" i="32" s="1"/>
+  <c r="L18" i="32"/>
+  <c r="J5" i="13"/>
+  <c r="L19" i="32" s="1"/>
+  <c r="C24" i="28"/>
+  <c r="D24" i="28" s="1"/>
   <c r="F25" i="32"/>
   <c r="E12" i="13"/>
-  <c r="E7" i="13"/>
   <c r="E26" i="32"/>
   <c r="D13" i="13"/>
-  <c r="D9" i="13"/>
-[...9 lines deleted...]
-  <c r="F26" i="32" l="1"/>
+  <c r="F19" i="32" l="1"/>
+  <c r="D10" i="13"/>
+  <c r="E10" i="13" s="1"/>
+  <c r="D7" i="13"/>
+  <c r="E7" i="13"/>
+  <c r="G20" i="32" s="1"/>
+  <c r="M5" i="13"/>
+  <c r="E12" i="12"/>
+  <c r="O18" i="32"/>
+  <c r="C27" i="28"/>
+  <c r="D27" i="28" s="1"/>
+  <c r="F10" i="28"/>
+  <c r="C9" i="13"/>
+  <c r="E17" i="28"/>
+  <c r="G17" i="28" s="1"/>
+  <c r="C40" i="13"/>
+  <c r="E29" i="32" s="1"/>
+  <c r="E20" i="32"/>
+  <c r="F26" i="32"/>
   <c r="E13" i="13"/>
   <c r="F12" i="13"/>
   <c r="G25" i="32"/>
-  <c r="G10" i="13"/>
-[...2 lines deleted...]
-  <c r="D14" i="13"/>
   <c r="E40" i="13"/>
   <c r="G29" i="32" s="1"/>
   <c r="E19" i="28"/>
   <c r="G19" i="28" s="1"/>
   <c r="E9" i="13"/>
-  <c r="G20" i="32"/>
-[...2 lines deleted...]
-  <c r="F9" i="13"/>
+  <c r="O19" i="32" l="1"/>
+  <c r="J35" i="11"/>
+  <c r="N5" i="13"/>
+  <c r="M7" i="13"/>
+  <c r="C14" i="13"/>
+  <c r="E22" i="32"/>
+  <c r="D40" i="13"/>
+  <c r="F29" i="32" s="1"/>
+  <c r="F20" i="32"/>
+  <c r="D9" i="13"/>
+  <c r="E18" i="28"/>
+  <c r="G18" i="28" s="1"/>
+  <c r="F10" i="13"/>
+  <c r="F7" i="13"/>
+  <c r="G22" i="32"/>
+  <c r="E14" i="13"/>
+  <c r="G12" i="13"/>
+  <c r="H25" i="32"/>
+  <c r="F13" i="13"/>
+  <c r="G26" i="32"/>
+  <c r="F9" i="13" l="1"/>
   <c r="H22" i="32" s="1"/>
-  <c r="E20" i="28"/>
-  <c r="G20" i="28" s="1"/>
   <c r="F40" i="13"/>
   <c r="H29" i="32" s="1"/>
   <c r="H20" i="32"/>
-  <c r="G22" i="32" l="1"/>
-[...3 lines deleted...]
-  <c r="G40" i="13"/>
+  <c r="E20" i="28"/>
+  <c r="G20" i="28" s="1"/>
+  <c r="G10" i="13"/>
+  <c r="G7" i="13"/>
+  <c r="E27" i="28"/>
+  <c r="O20" i="32"/>
+  <c r="F22" i="32"/>
+  <c r="D14" i="13"/>
+  <c r="H26" i="32"/>
+  <c r="F14" i="13"/>
+  <c r="G13" i="13"/>
+  <c r="H12" i="13"/>
+  <c r="I25" i="32"/>
+  <c r="G40" i="13" l="1"/>
   <c r="I29" i="32" s="1"/>
   <c r="I20" i="32"/>
   <c r="E21" i="28"/>
   <c r="G21" i="28" s="1"/>
+  <c r="G9" i="13"/>
+  <c r="I22" i="32" s="1"/>
   <c r="H10" i="13"/>
   <c r="H7" i="13"/>
-  <c r="G12" i="13"/>
-[...10 lines deleted...]
-  <c r="J20" i="32"/>
+  <c r="I12" i="13"/>
+  <c r="J25" i="32"/>
+  <c r="H13" i="13"/>
+  <c r="I26" i="32"/>
+  <c r="G14" i="13"/>
+  <c r="J20" i="32" l="1"/>
   <c r="H9" i="13"/>
   <c r="J22" i="32" s="1"/>
   <c r="E22" i="28"/>
   <c r="G22" i="28" s="1"/>
   <c r="H40" i="13"/>
   <c r="J29" i="32" s="1"/>
-  <c r="J7" i="13" l="1"/>
-[...1 lines deleted...]
-  <c r="E23" i="28"/>
+  <c r="I10" i="13"/>
+  <c r="I7" i="13"/>
+  <c r="K25" i="32"/>
+  <c r="J12" i="13"/>
+  <c r="J26" i="32"/>
+  <c r="H14" i="13"/>
+  <c r="I13" i="13"/>
+  <c r="E23" i="28" l="1"/>
   <c r="G23" i="28" s="1"/>
   <c r="I40" i="13"/>
   <c r="K29" i="32" s="1"/>
   <c r="I9" i="13"/>
   <c r="K22" i="32" s="1"/>
   <c r="K20" i="32"/>
-  <c r="I12" i="13"/>
-[...11 lines deleted...]
-  <c r="L20" i="32"/>
+  <c r="J7" i="13"/>
+  <c r="J10" i="13"/>
+  <c r="K26" i="32"/>
+  <c r="J13" i="13"/>
+  <c r="K12" i="13"/>
+  <c r="L25" i="32"/>
+  <c r="I14" i="13"/>
+  <c r="L20" i="32" l="1"/>
   <c r="J40" i="13"/>
   <c r="L29" i="32" s="1"/>
   <c r="J9" i="13"/>
-  <c r="L22" i="32" s="1"/>
   <c r="E24" i="28"/>
   <c r="G24" i="28" s="1"/>
-  <c r="K26" i="32" l="1"/>
-[...6 lines deleted...]
-  <c r="E25" i="28"/>
+  <c r="K7" i="13"/>
+  <c r="K10" i="13"/>
+  <c r="L12" i="13"/>
+  <c r="M25" i="32"/>
+  <c r="K13" i="13"/>
+  <c r="L26" i="32"/>
+  <c r="E25" i="28" l="1"/>
   <c r="G25" i="28" s="1"/>
+  <c r="M20" i="32"/>
   <c r="K9" i="13"/>
   <c r="M22" i="32" s="1"/>
   <c r="K40" i="13"/>
   <c r="M29" i="32" s="1"/>
-  <c r="M20" i="32"/>
-  <c r="I14" i="13"/>
+  <c r="L10" i="13"/>
+  <c r="M10" i="13" s="1"/>
+  <c r="L7" i="13"/>
+  <c r="L22" i="32"/>
   <c r="J14" i="13"/>
-  <c r="L12" i="13" l="1"/>
-[...11 lines deleted...]
-  <c r="M26" i="32" l="1"/>
+  <c r="M26" i="32"/>
   <c r="K14" i="13"/>
   <c r="L13" i="13"/>
   <c r="B21" i="12"/>
-  <c r="L14" i="13"/>
-[...6 lines deleted...]
-  <c r="D27" i="12"/>
+  <c r="C21" i="12" s="1"/>
   <c r="M40" i="13"/>
   <c r="N25" i="32"/>
-  <c r="C21" i="12"/>
-  <c r="F12" i="28" l="1"/>
+  <c r="N20" i="32" l="1"/>
+  <c r="L40" i="13"/>
+  <c r="L9" i="13"/>
+  <c r="C27" i="12"/>
+  <c r="D13" i="28" s="1"/>
+  <c r="E26" i="28"/>
+  <c r="G26" i="28" s="1"/>
+  <c r="F12" i="28"/>
   <c r="M8" i="13"/>
   <c r="F13" i="28"/>
   <c r="O29" i="32"/>
   <c r="P9" i="32"/>
   <c r="P10" i="32" s="1"/>
   <c r="E27" i="12"/>
-  <c r="B16" i="32"/>
-  <c r="D31" i="28"/>
   <c r="N26" i="32"/>
   <c r="C31" i="12"/>
-  <c r="C23" i="12"/>
-  <c r="F27" i="28" l="1"/>
+  <c r="N22" i="32" l="1"/>
+  <c r="L14" i="13"/>
+  <c r="B20" i="13" s="1"/>
+  <c r="J36" i="11"/>
+  <c r="D27" i="12"/>
+  <c r="N29" i="32"/>
+  <c r="F27" i="28"/>
   <c r="G27" i="28" s="1"/>
   <c r="N8" i="13"/>
   <c r="O21" i="32"/>
   <c r="M9" i="13"/>
-  <c r="B16" i="13" l="1"/>
+  <c r="B23" i="12" l="1"/>
+  <c r="B22" i="12" s="1"/>
+  <c r="C22" i="12" s="1"/>
+  <c r="C23" i="12" s="1"/>
+  <c r="D31" i="28"/>
+  <c r="B16" i="32"/>
+  <c r="B16" i="13"/>
   <c r="B18" i="13" s="1"/>
   <c r="O22" i="32"/>
   <c r="B19" i="13" l="1"/>
   <c r="D29" i="28"/>
   <c r="N23" i="32"/>
   <c r="B15" i="32" l="1"/>
   <c r="D30" i="28"/>
   <c r="B21" i="13"/>
   <c r="B23" i="13" l="1"/>
   <c r="B24" i="13" s="1"/>
   <c r="D32" i="28"/>
   <c r="D33" i="28" l="1"/>
   <c r="D36" i="28" s="1"/>
   <c r="D39" i="28" s="1"/>
   <c r="B18" i="32"/>
   <c r="B29" i="13"/>
   <c r="B31" i="13" l="1"/>
   <c r="B23" i="32"/>
   <c r="B33" i="13" l="1"/>
   <c r="B25" i="32"/>
   <c r="B35" i="13" l="1"/>
   <c r="B36" i="12"/>
   <c r="B37" i="12" s="1"/>
   <c r="B27" i="32"/>
   <c r="B30" i="32" s="1"/>
-  <c r="B17" i="14"/>
+  <c r="B17" i="14" l="1"/>
   <c r="B22" i="14"/>
   <c r="B23" i="14"/>
   <c r="B25" i="14"/>
   <c r="B26" i="14"/>
   <c r="B28" i="14"/>
   <c r="B29" i="14"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={71F54301-01F9-6142-81B2-70E7EE6CDDF7}</author>
     <author>tc={54FBC3F9-EB9F-7C41-8C6D-97F512BA685D}</author>
     <author>tc={CA4A0E69-2EC1-064C-82D5-50B182E99825}</author>
     <author>tc={E0152BD4-8763-E340-9F3D-57E83246CD86}</author>
     <author>tc={2D890560-A4D2-9046-BCC4-FEE8DA2A9099}</author>
     <author>tc={09E9FA1F-138A-9547-B116-0278E256325D}</author>
     <author>tc={B4FAFBEA-7EF5-9E49-BDDC-74E67266D7B3}</author>
     <author>tc={2F9D57EC-A335-6C45-8636-50B8E9391785}</author>
     <author>tc={AFFC9966-65E7-7849-A618-5DEF034E694A}</author>
     <author>tc={E540843E-F2A3-134C-8531-DA60E38A7694}</author>
     <author>tc={77A98811-E565-A44B-A04A-39493A90F633}</author>
     <author>tc={1B0C707C-9FE4-EC47-8991-BFB3094AFE63}</author>
     <author>tc={4EBAB3AE-4130-E345-91F6-F196751794B7}</author>
@@ -6825,51 +6825,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="673">
+  <cellXfs count="672">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="44" fontId="11" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="11" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="11" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
@@ -7809,50 +7809,63 @@
     <xf numFmtId="10" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="51" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="95" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="60" fillId="0" borderId="38" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="51" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="7" borderId="51" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="7" borderId="51" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="40" fillId="7" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="7" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="7" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -8317,83 +8330,59 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="54" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="55" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="57" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="58" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="59" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
-  <dxfs count="6">
-[...7 lines deleted...]
-    </dxf>
+  <dxfs count="5">
     <dxf>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <color auto="1"/>
         <name val="Geneva"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
@@ -9029,55 +9018,55 @@
             </a:rPr>
             <a:t> operating income grew over the ten-year period.</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="1100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Aswath Damodaran" id="{B8988432-A585-3645-9E20-E422F2920603}" userId="589fc2f8758a430e" providerId="Windows Live"/>
   <person displayName="Aswath Damodaran" id="{0F80F988-B051-7943-8010-D75DA554ADAF}" userId="Aswath Damodaran" providerId="None"/>
   <person displayName="Microsoft Office User" id="{4042FB09-E9EB-D84D-8E02-872BC23B2B37}" userId="Microsoft Office User" providerId="None"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{30CC6521-F3FC-AA4B-8C99-14D0EBFC4850}" name="Table1" displayName="Table1" ref="A43:B141" totalsRowShown="0" headerRowBorderDxfId="5" tableBorderDxfId="4">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{30CC6521-F3FC-AA4B-8C99-14D0EBFC4850}" name="Table1" displayName="Table1" ref="A43:B141" totalsRowShown="0" headerRowBorderDxfId="4" tableBorderDxfId="3">
   <autoFilter ref="A43:B141" xr:uid="{30CC6521-F3FC-AA4B-8C99-14D0EBFC4850}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{C59A5F9E-BF2B-AB41-998B-4A1A243E38D4}" name="Industry Name" dataDxfId="3"/>
-    <tableColumn id="2" xr3:uid="{AFFDDF7B-820A-014E-AA29-B247367E7F0B}" name="Amortization Period" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{C59A5F9E-BF2B-AB41-998B-4A1A243E38D4}" name="Industry Name" dataDxfId="2"/>
+    <tableColumn id="2" xr3:uid="{AFFDDF7B-820A-014E-AA29-B247367E7F0B}" name="Amortization Period" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9729,197 +9718,197 @@
       <c r="F3" s="390"/>
       <c r="G3" s="390"/>
       <c r="H3" s="390"/>
       <c r="I3" s="390"/>
       <c r="J3" s="391"/>
     </row>
     <row r="4" spans="1:10" s="189" customFormat="1" ht="17" thickBot="1">
       <c r="A4" s="190" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="399" t="s">
         <v>985</v>
       </c>
       <c r="C4" s="392" t="s">
         <v>90</v>
       </c>
       <c r="D4" s="393"/>
       <c r="E4" s="393"/>
       <c r="F4" s="393"/>
       <c r="G4" s="393"/>
       <c r="H4" s="393"/>
       <c r="I4" s="393"/>
       <c r="J4" s="394"/>
     </row>
     <row r="5" spans="1:10" s="189" customFormat="1" ht="17" thickBot="1">
-      <c r="A5" s="498" t="s">
+      <c r="A5" s="503" t="s">
         <v>893</v>
       </c>
-      <c r="B5" s="499"/>
-[...7 lines deleted...]
-      <c r="J5" s="500"/>
+      <c r="B5" s="504"/>
+      <c r="C5" s="504"/>
+      <c r="D5" s="504"/>
+      <c r="E5" s="504"/>
+      <c r="F5" s="504"/>
+      <c r="G5" s="504"/>
+      <c r="H5" s="504"/>
+      <c r="I5" s="504"/>
+      <c r="J5" s="505"/>
     </row>
     <row r="6" spans="1:10" s="189" customFormat="1" ht="17" thickBot="1">
       <c r="A6" s="190" t="s">
         <v>894</v>
       </c>
       <c r="B6" s="190"/>
       <c r="C6" s="190"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
     </row>
     <row r="7" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A7" s="189" t="s">
         <v>416</v>
       </c>
       <c r="B7" s="192" t="s">
         <v>311</v>
       </c>
       <c r="C7" s="190"/>
-      <c r="F7" s="512" t="s">
+      <c r="F7" s="517" t="s">
         <v>970</v>
       </c>
-      <c r="G7" s="513"/>
-[...1 lines deleted...]
-      <c r="I7" s="514"/>
+      <c r="G7" s="518"/>
+      <c r="H7" s="518"/>
+      <c r="I7" s="519"/>
     </row>
     <row r="8" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A8" s="189" t="s">
         <v>407</v>
       </c>
       <c r="B8" s="192" t="s">
         <v>661</v>
       </c>
-      <c r="F8" s="515"/>
-[...2 lines deleted...]
-      <c r="I8" s="517"/>
+      <c r="F8" s="520"/>
+      <c r="G8" s="521"/>
+      <c r="H8" s="521"/>
+      <c r="I8" s="522"/>
     </row>
     <row r="9" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A9" s="189" t="s">
         <v>408</v>
       </c>
       <c r="B9" s="192" t="s">
         <v>661</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
-      <c r="F9" s="515"/>
-[...2 lines deleted...]
-      <c r="I9" s="517"/>
+      <c r="F9" s="520"/>
+      <c r="G9" s="521"/>
+      <c r="H9" s="521"/>
+      <c r="I9" s="522"/>
     </row>
     <row r="10" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="B10" s="344" t="s">
         <v>891</v>
       </c>
       <c r="C10" s="344" t="s">
         <v>969</v>
       </c>
       <c r="D10" s="397" t="s">
         <v>496</v>
       </c>
-      <c r="F10" s="515"/>
-[...2 lines deleted...]
-      <c r="I10" s="517"/>
+      <c r="F10" s="520"/>
+      <c r="G10" s="521"/>
+      <c r="H10" s="521"/>
+      <c r="I10" s="522"/>
     </row>
     <row r="11" spans="1:10" s="189" customFormat="1" ht="17" thickBot="1">
       <c r="A11" s="194" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="195">
         <v>21765.4</v>
       </c>
       <c r="C11" s="396">
         <v>20979.5</v>
       </c>
-      <c r="D11" s="511">
+      <c r="D11" s="516">
         <v>0.5</v>
       </c>
-      <c r="F11" s="518"/>
-[...2 lines deleted...]
-      <c r="I11" s="520"/>
+      <c r="F11" s="523"/>
+      <c r="G11" s="524"/>
+      <c r="H11" s="524"/>
+      <c r="I11" s="525"/>
     </row>
     <row r="12" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A12" s="194" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="195">
         <v>3060.9</v>
       </c>
       <c r="C12" s="396">
         <v>3064.1</v>
       </c>
-      <c r="D12" s="511"/>
+      <c r="D12" s="516"/>
     </row>
     <row r="13" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A13" s="194" t="s">
         <v>409</v>
       </c>
       <c r="B13" s="195">
         <v>493.4</v>
       </c>
       <c r="C13" s="396">
         <v>562.70000000000005</v>
       </c>
-      <c r="D13" s="511"/>
+      <c r="D13" s="516"/>
     </row>
     <row r="14" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A14" s="194" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="195">
         <v>10667.8</v>
       </c>
       <c r="C14" s="396">
         <v>13111.1</v>
       </c>
-      <c r="D14" s="511"/>
+      <c r="D14" s="516"/>
     </row>
     <row r="15" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A15" s="194" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="195">
         <v>45063</v>
       </c>
       <c r="C15" s="396">
         <v>44544</v>
       </c>
-      <c r="D15" s="511"/>
+      <c r="D15" s="516"/>
     </row>
     <row r="16" spans="1:10" s="189" customFormat="1" ht="16">
       <c r="A16" s="194" t="s">
         <v>399</v>
       </c>
       <c r="B16" s="197" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="398" t="s">
         <v>832</v>
       </c>
       <c r="D16" s="196"/>
     </row>
     <row r="17" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A17" s="194" t="s">
         <v>225</v>
       </c>
       <c r="B17" s="197" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="196" t="s">
         <v>833</v>
       </c>
       <c r="D17" s="196"/>
     </row>
@@ -9945,96 +9934,96 @@
       <c r="C19" s="195">
         <v>21644</v>
       </c>
       <c r="D19" s="196"/>
     </row>
     <row r="20" spans="1:14" s="189" customFormat="1" ht="17" thickBot="1">
       <c r="A20" s="194" t="s">
         <v>368</v>
       </c>
       <c r="B20" s="198">
         <v>1558</v>
       </c>
       <c r="C20" s="195">
         <v>1539</v>
       </c>
       <c r="D20" s="196"/>
     </row>
     <row r="21" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A21" s="194" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="199">
         <v>4315</v>
       </c>
       <c r="C21" s="196"/>
-      <c r="E21" s="508" t="s">
+      <c r="E21" s="513" t="s">
         <v>224</v>
       </c>
-      <c r="F21" s="509"/>
-[...7 lines deleted...]
-      <c r="N21" s="510"/>
+      <c r="F21" s="514"/>
+      <c r="G21" s="514"/>
+      <c r="H21" s="514"/>
+      <c r="I21" s="514"/>
+      <c r="J21" s="514"/>
+      <c r="K21" s="514"/>
+      <c r="L21" s="514"/>
+      <c r="M21" s="514"/>
+      <c r="N21" s="515"/>
     </row>
     <row r="22" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A22" s="194" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="195">
         <v>72.28</v>
       </c>
       <c r="C22" s="196"/>
       <c r="E22" s="408" t="s">
         <v>402</v>
       </c>
       <c r="N22" s="409"/>
     </row>
     <row r="23" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A23" s="189" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="200">
         <v>0.17499999999999999</v>
       </c>
       <c r="C23" s="196"/>
       <c r="E23" s="410"/>
       <c r="J23" s="193" t="s">
         <v>407</v>
       </c>
       <c r="K23" s="193" t="s">
         <v>408</v>
       </c>
-      <c r="L23" s="506" t="s">
+      <c r="L23" s="511" t="s">
         <v>820</v>
       </c>
-      <c r="M23" s="506"/>
-      <c r="N23" s="507"/>
+      <c r="M23" s="511"/>
+      <c r="N23" s="512"/>
     </row>
     <row r="24" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A24" s="189" t="s">
         <v>95</v>
       </c>
       <c r="B24" s="200">
         <v>0.25</v>
       </c>
       <c r="C24" s="196"/>
       <c r="E24" s="410"/>
       <c r="I24" s="428" t="s">
         <v>221</v>
       </c>
       <c r="J24" s="423" t="s">
         <v>819</v>
       </c>
       <c r="K24" s="344" t="s">
         <v>819</v>
       </c>
       <c r="L24" s="344" t="s">
         <v>821</v>
       </c>
       <c r="M24" s="344" t="s">
         <v>729</v>
       </c>
@@ -10271,87 +10260,87 @@
         <v>7.1779666064438349E-2</v>
       </c>
       <c r="N31" s="421">
         <f>VLOOKUP($B$9,'Input Stat Distributioons'!$A$3:$T$96,14,FALSE)</f>
         <v>7.9117503101712533E-2</v>
       </c>
     </row>
     <row r="32" spans="1:14" s="189" customFormat="1" ht="17" thickBot="1">
       <c r="A32" s="194" t="s">
         <v>621</v>
       </c>
       <c r="B32" s="207">
         <f>B31</f>
         <v>1.7085376710318929</v>
       </c>
       <c r="C32" s="196" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="33" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A33" s="190" t="s">
         <v>30</v>
       </c>
       <c r="B33" s="210"/>
       <c r="C33" s="196"/>
-      <c r="E33" s="501" t="s">
+      <c r="E33" s="506" t="s">
         <v>484</v>
       </c>
-      <c r="F33" s="502"/>
-[...3 lines deleted...]
-      <c r="J33" s="503"/>
+      <c r="F33" s="507"/>
+      <c r="G33" s="507"/>
+      <c r="H33" s="507"/>
+      <c r="I33" s="507"/>
+      <c r="J33" s="508"/>
     </row>
     <row r="34" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A34" s="194" t="s">
         <v>21</v>
       </c>
       <c r="B34" s="206">
         <v>4.58E-2</v>
       </c>
       <c r="C34" s="196"/>
       <c r="E34" s="202" t="s">
         <v>485</v>
       </c>
       <c r="J34" s="209">
         <f>'Valuation output'!M3</f>
         <v>36634.400338285144</v>
       </c>
     </row>
     <row r="35" spans="1:14" s="189" customFormat="1" ht="25" customHeight="1">
       <c r="A35" s="339" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="340">
         <f>'Cost of capital worksheet'!B13</f>
         <v>7.0550157406465405E-2</v>
       </c>
-      <c r="C35" s="504" t="s">
+      <c r="C35" s="509" t="s">
         <v>735</v>
       </c>
-      <c r="D35" s="505"/>
+      <c r="D35" s="510"/>
       <c r="E35" s="202" t="s">
         <v>487</v>
       </c>
       <c r="J35" s="209">
         <f>'Valuation output'!M5</f>
         <v>5151.9492403290078</v>
       </c>
     </row>
     <row r="36" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A36" s="190" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="212"/>
       <c r="C36" s="212"/>
       <c r="D36" s="196"/>
       <c r="E36" s="202" t="s">
         <v>486</v>
       </c>
       <c r="J36" s="203">
         <f>'Valuation output'!L40</f>
         <v>8.4244127198829191E-2</v>
       </c>
     </row>
     <row r="37" spans="1:14" s="189" customFormat="1" ht="17" thickBot="1">
       <c r="A37" s="189" t="s">
@@ -10418,54 +10407,54 @@
       <c r="B41" s="206">
         <v>0.45</v>
       </c>
       <c r="C41" s="196"/>
       <c r="E41" s="216"/>
       <c r="F41" s="216"/>
       <c r="G41" s="216"/>
     </row>
     <row r="42" spans="1:14" s="216" customFormat="1" ht="16">
       <c r="A42" s="189"/>
       <c r="B42" s="217"/>
       <c r="C42" s="212"/>
       <c r="D42" s="196"/>
       <c r="E42" s="189"/>
       <c r="F42" s="189"/>
       <c r="G42" s="189"/>
       <c r="H42" s="189"/>
       <c r="I42" s="189"/>
       <c r="J42" s="189"/>
       <c r="K42" s="189"/>
       <c r="L42" s="189"/>
       <c r="M42" s="189"/>
       <c r="N42" s="189"/>
     </row>
     <row r="43" spans="1:14" s="189" customFormat="1" ht="16">
-      <c r="A43" s="497" t="s">
+      <c r="A43" s="502" t="s">
         <v>96</v>
       </c>
-      <c r="B43" s="497"/>
+      <c r="B43" s="502"/>
       <c r="C43" s="218"/>
       <c r="D43" s="196"/>
       <c r="N43" s="216"/>
     </row>
     <row r="44" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A44" s="216" t="s">
         <v>97</v>
       </c>
       <c r="B44" s="216"/>
       <c r="C44" s="219"/>
       <c r="D44" s="196"/>
       <c r="E44" s="216"/>
       <c r="F44" s="216"/>
       <c r="G44" s="216"/>
       <c r="H44" s="216"/>
       <c r="I44" s="216"/>
       <c r="J44" s="216"/>
       <c r="K44" s="216"/>
       <c r="L44" s="216"/>
       <c r="M44" s="216"/>
     </row>
     <row r="45" spans="1:14" s="189" customFormat="1" ht="16">
       <c r="A45" s="189" t="s">
         <v>33</v>
       </c>
@@ -10835,555 +10824,555 @@
           </x14:formula1>
           <xm:sqref>B16:B17 B37 B45 B48 B51 B56 B59 B61 B64 B67 B70</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000005000000}">
           <x14:formula1>
             <xm:f>'Answer keys'!$B$2:$B$3</xm:f>
           </x14:formula1>
           <xm:sqref>B53</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000006000000}">
           <x14:formula1>
             <xm:f>'Answer keys'!$J$2:$J$5</xm:f>
           </x14:formula1>
           <xm:sqref>B57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:R91"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A33" workbookViewId="0">
+    <sheetView topLeftCell="A33" workbookViewId="0">
       <selection activeCell="D87" sqref="D87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="40.1640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.33203125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.6640625" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
     <col min="7" max="7" width="19.5" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.33203125" customWidth="1"/>
     <col min="10" max="10" width="14.6640625" customWidth="1"/>
     <col min="11" max="11" width="18.1640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="17.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
-      <c r="A1" s="638" t="s">
+      <c r="A1" s="643" t="s">
         <v>584</v>
       </c>
-      <c r="B1" s="638"/>
-[...8 lines deleted...]
-      <c r="K1" s="638"/>
+      <c r="B1" s="643"/>
+      <c r="C1" s="643"/>
+      <c r="D1" s="643"/>
+      <c r="E1" s="643"/>
+      <c r="F1" s="643"/>
+      <c r="G1" s="643"/>
+      <c r="H1" s="643"/>
+      <c r="I1" s="643"/>
+      <c r="J1" s="643"/>
+      <c r="K1" s="643"/>
     </row>
     <row r="2" spans="1:17">
-      <c r="A2" s="638"/>
-[...9 lines deleted...]
-      <c r="K2" s="638"/>
+      <c r="A2" s="643"/>
+      <c r="B2" s="643"/>
+      <c r="C2" s="643"/>
+      <c r="D2" s="643"/>
+      <c r="E2" s="643"/>
+      <c r="F2" s="643"/>
+      <c r="G2" s="643"/>
+      <c r="H2" s="643"/>
+      <c r="I2" s="643"/>
+      <c r="J2" s="643"/>
+      <c r="K2" s="643"/>
     </row>
     <row r="3" spans="1:17" s="59" customFormat="1" ht="19" thickBot="1">
-      <c r="A3" s="639" t="s">
+      <c r="A3" s="644" t="s">
         <v>164</v>
       </c>
-      <c r="B3" s="639"/>
-[...2 lines deleted...]
-      <c r="E3" s="639"/>
+      <c r="B3" s="644"/>
+      <c r="C3" s="644"/>
+      <c r="D3" s="644"/>
+      <c r="E3" s="644"/>
       <c r="G3" s="72" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="8" customFormat="1" ht="15" customHeight="1">
-      <c r="A4" s="627" t="s">
+      <c r="A4" s="632" t="s">
         <v>851</v>
       </c>
-      <c r="B4" s="628"/>
-[...2 lines deleted...]
-      <c r="E4" s="629"/>
+      <c r="B4" s="633"/>
+      <c r="C4" s="633"/>
+      <c r="D4" s="633"/>
+      <c r="E4" s="634"/>
       <c r="F4" s="59"/>
       <c r="G4" s="83" t="s">
         <v>332</v>
       </c>
       <c r="H4" s="83" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="83" t="s">
         <v>357</v>
       </c>
       <c r="J4" s="83" t="s">
         <v>359</v>
       </c>
       <c r="K4" s="83" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="5" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
-      <c r="A5" s="630"/>
-[...3 lines deleted...]
-      <c r="E5" s="632"/>
+      <c r="A5" s="635"/>
+      <c r="B5" s="636"/>
+      <c r="C5" s="636"/>
+      <c r="D5" s="636"/>
+      <c r="E5" s="637"/>
       <c r="F5" s="59"/>
       <c r="G5" s="81" t="s">
         <v>327</v>
       </c>
       <c r="H5" s="81">
         <v>193636</v>
       </c>
       <c r="I5" s="66">
         <f>IF(H5=0,0,VLOOKUP(G5,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>4.4600000000000001E-2</v>
       </c>
       <c r="J5" s="66">
         <f t="shared" ref="J5:J12" si="0">IF(H5&gt;0,H5/$H$18,)</f>
         <v>0.85880667580309666</v>
       </c>
       <c r="K5" s="66">
         <f t="shared" ref="K5:K12" si="1">IF(J5=0,0,I5*J5)</f>
         <v>3.8302777740818111E-2</v>
       </c>
-      <c r="M5" s="637" t="s">
+      <c r="M5" s="642" t="s">
         <v>528</v>
       </c>
-      <c r="N5" s="637"/>
-[...2 lines deleted...]
-      <c r="Q5" s="637"/>
+      <c r="N5" s="642"/>
+      <c r="O5" s="642"/>
+      <c r="P5" s="642"/>
+      <c r="Q5" s="642"/>
     </row>
     <row r="6" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
-      <c r="A6" s="630"/>
-[...3 lines deleted...]
-      <c r="E6" s="632"/>
+      <c r="A6" s="635"/>
+      <c r="B6" s="636"/>
+      <c r="C6" s="636"/>
+      <c r="D6" s="636"/>
+      <c r="E6" s="637"/>
       <c r="F6" s="59"/>
       <c r="G6" s="81" t="s">
         <v>251</v>
       </c>
       <c r="H6" s="81">
         <v>500</v>
       </c>
       <c r="I6" s="66">
         <f>IF(H6=0,0,VLOOKUP(G6,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>5.1400000000000001E-2</v>
       </c>
       <c r="J6" s="66">
         <f t="shared" si="0"/>
         <v>2.2175800879048746E-3</v>
       </c>
       <c r="K6" s="66">
         <f t="shared" si="1"/>
         <v>1.1398361651831056E-4</v>
       </c>
-      <c r="M6" s="637"/>
-[...3 lines deleted...]
-      <c r="Q6" s="637"/>
+      <c r="M6" s="642"/>
+      <c r="N6" s="642"/>
+      <c r="O6" s="642"/>
+      <c r="P6" s="642"/>
+      <c r="Q6" s="642"/>
     </row>
     <row r="7" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
-      <c r="A7" s="630"/>
-[...3 lines deleted...]
-      <c r="E7" s="632"/>
+      <c r="A7" s="635"/>
+      <c r="B7" s="636"/>
+      <c r="C7" s="636"/>
+      <c r="D7" s="636"/>
+      <c r="E7" s="637"/>
       <c r="F7" s="59"/>
       <c r="G7" s="81"/>
       <c r="H7" s="81"/>
       <c r="I7" s="66">
         <f>IF(H7=0,0,VLOOKUP(G7,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J7" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K7" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M7" s="637"/>
-[...3 lines deleted...]
-      <c r="Q7" s="637"/>
+      <c r="M7" s="642"/>
+      <c r="N7" s="642"/>
+      <c r="O7" s="642"/>
+      <c r="P7" s="642"/>
+      <c r="Q7" s="642"/>
     </row>
     <row r="8" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
-      <c r="A8" s="630"/>
-[...3 lines deleted...]
-      <c r="E8" s="632"/>
+      <c r="A8" s="635"/>
+      <c r="B8" s="636"/>
+      <c r="C8" s="636"/>
+      <c r="D8" s="636"/>
+      <c r="E8" s="637"/>
       <c r="F8" s="59"/>
       <c r="G8" s="81"/>
       <c r="H8" s="81"/>
       <c r="I8" s="66">
         <f>IF(H8=0,0,VLOOKUP(G8,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J8" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K8" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M8" s="637"/>
-[...3 lines deleted...]
-      <c r="Q8" s="637"/>
+      <c r="M8" s="642"/>
+      <c r="N8" s="642"/>
+      <c r="O8" s="642"/>
+      <c r="P8" s="642"/>
+      <c r="Q8" s="642"/>
     </row>
     <row r="9" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1" thickBot="1">
-      <c r="A9" s="633"/>
-[...3 lines deleted...]
-      <c r="E9" s="635"/>
+      <c r="A9" s="638"/>
+      <c r="B9" s="639"/>
+      <c r="C9" s="639"/>
+      <c r="D9" s="639"/>
+      <c r="E9" s="640"/>
       <c r="F9" s="59"/>
       <c r="G9" s="81"/>
       <c r="H9" s="81"/>
       <c r="I9" s="66">
         <f>IF(H9=0,0,VLOOKUP(G9,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J9" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K9" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M9" s="637"/>
-[...3 lines deleted...]
-      <c r="Q9" s="637"/>
+      <c r="M9" s="642"/>
+      <c r="N9" s="642"/>
+      <c r="O9" s="642"/>
+      <c r="P9" s="642"/>
+      <c r="Q9" s="642"/>
     </row>
     <row r="10" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A10" s="182"/>
       <c r="B10" s="182"/>
       <c r="C10" s="182"/>
       <c r="D10" s="182"/>
       <c r="E10" s="182"/>
       <c r="F10" s="59"/>
       <c r="G10" s="81"/>
       <c r="H10" s="81"/>
       <c r="I10" s="66">
         <f>IF(H10=0,0,VLOOKUP(G10,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J10" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K10" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M10" s="637"/>
-[...3 lines deleted...]
-      <c r="Q10" s="637"/>
+      <c r="M10" s="642"/>
+      <c r="N10" s="642"/>
+      <c r="O10" s="642"/>
+      <c r="P10" s="642"/>
+      <c r="Q10" s="642"/>
     </row>
     <row r="11" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A11" s="182" t="s">
         <v>723</v>
       </c>
       <c r="B11" s="183" t="s">
         <v>725</v>
       </c>
       <c r="C11" s="182"/>
       <c r="D11" s="182"/>
       <c r="E11" s="182"/>
       <c r="F11" s="59"/>
       <c r="G11" s="81"/>
       <c r="H11" s="81"/>
       <c r="I11" s="66">
         <f>IF(H11=0,0,VLOOKUP(G11,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J11" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K11" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M11" s="637"/>
-[...3 lines deleted...]
-      <c r="Q11" s="637"/>
+      <c r="M11" s="642"/>
+      <c r="N11" s="642"/>
+      <c r="O11" s="642"/>
+      <c r="P11" s="642"/>
+      <c r="Q11" s="642"/>
     </row>
     <row r="12" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A12" s="182" t="s">
         <v>727</v>
       </c>
       <c r="B12" s="184">
         <v>0.09</v>
       </c>
       <c r="C12" s="182"/>
       <c r="D12" s="182"/>
       <c r="E12" s="182"/>
       <c r="F12" s="59"/>
       <c r="G12" s="81"/>
       <c r="H12" s="81"/>
       <c r="I12" s="66">
         <f>IF(H12=0,0,VLOOKUP(G12,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J12" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K12" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M12" s="637"/>
-[...3 lines deleted...]
-      <c r="Q12" s="637"/>
+      <c r="M12" s="642"/>
+      <c r="N12" s="642"/>
+      <c r="O12" s="642"/>
+      <c r="P12" s="642"/>
+      <c r="Q12" s="642"/>
     </row>
     <row r="13" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A13" s="182" t="s">
         <v>726</v>
       </c>
       <c r="B13" s="185">
         <f>IF(B11="I will input",B12,IF(B11="Detailed",E62,IF(B11="Industry Average",B67,B72)))</f>
         <v>7.0550157406465405E-2</v>
       </c>
       <c r="C13" s="182"/>
       <c r="D13" s="182"/>
       <c r="E13" s="182"/>
       <c r="F13" s="59"/>
       <c r="G13" s="81"/>
       <c r="H13" s="81"/>
       <c r="I13" s="66">
         <f>IF(H13=0,0,VLOOKUP(G13,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J13" s="66">
         <f>IF(H13&gt;0,H13/$H$18,)</f>
         <v>0</v>
       </c>
       <c r="K13" s="66">
         <f>IF(J13=0,0,I13*J13)</f>
         <v>0</v>
       </c>
-      <c r="M13" s="637"/>
-[...3 lines deleted...]
-      <c r="Q13" s="637"/>
+      <c r="M13" s="642"/>
+      <c r="N13" s="642"/>
+      <c r="O13" s="642"/>
+      <c r="P13" s="642"/>
+      <c r="Q13" s="642"/>
     </row>
     <row r="14" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A14" s="182"/>
       <c r="B14" s="182"/>
       <c r="C14" s="182"/>
       <c r="D14" s="182"/>
       <c r="E14" s="182"/>
       <c r="F14" s="59"/>
       <c r="G14" s="81"/>
       <c r="H14" s="81"/>
       <c r="I14" s="66">
         <f>IF(H14=0,0,VLOOKUP(G14,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J14" s="66">
         <f>IF(H14&gt;0,H14/$H$18,)</f>
         <v>0</v>
       </c>
       <c r="K14" s="66">
         <f>IF(J14=0,0,I14*J14)</f>
         <v>0</v>
       </c>
-      <c r="M14" s="637"/>
-[...3 lines deleted...]
-      <c r="Q14" s="637"/>
+      <c r="M14" s="642"/>
+      <c r="N14" s="642"/>
+      <c r="O14" s="642"/>
+      <c r="P14" s="642"/>
+      <c r="Q14" s="642"/>
     </row>
     <row r="15" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1" thickBot="1">
-      <c r="A15" s="640" t="s">
+      <c r="A15" s="645" t="s">
         <v>715</v>
       </c>
-      <c r="B15" s="641"/>
-[...3 lines deleted...]
-      <c r="F15" s="642"/>
+      <c r="B15" s="646"/>
+      <c r="C15" s="646"/>
+      <c r="D15" s="646"/>
+      <c r="E15" s="646"/>
+      <c r="F15" s="647"/>
       <c r="G15" s="81"/>
       <c r="H15" s="81"/>
       <c r="I15" s="66">
         <f>IF(H15=0,0,VLOOKUP(G15,'Country equity risk premiums'!$A$5:$D$196,4))</f>
         <v>0</v>
       </c>
       <c r="J15" s="66">
         <f>IF(H15&gt;0,H15/$H$18,)</f>
         <v>0</v>
       </c>
       <c r="K15" s="66">
         <f>IF(J15=0,0,I15*J15)</f>
         <v>0</v>
       </c>
-      <c r="M15" s="637"/>
-[...3 lines deleted...]
-      <c r="Q15" s="637"/>
+      <c r="M15" s="642"/>
+      <c r="N15" s="642"/>
+      <c r="O15" s="642"/>
+      <c r="P15" s="642"/>
+      <c r="Q15" s="642"/>
     </row>
     <row r="16" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="174"/>
       <c r="C16" s="107"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="139" t="s">
         <v>587</v>
       </c>
       <c r="H16" s="81">
         <v>31335</v>
       </c>
       <c r="I16" s="145">
         <v>6.4100000000000004E-2</v>
       </c>
       <c r="J16" s="66">
         <f>IF(H16&gt;0,H16/$H$18,)</f>
         <v>0.13897574410899849</v>
       </c>
       <c r="K16" s="66">
         <f>IF(J16=0,0,I16*J16)</f>
         <v>8.9083451973868029E-3</v>
       </c>
-      <c r="M16" s="637"/>
-[...3 lines deleted...]
-      <c r="Q16" s="637"/>
+      <c r="M16" s="642"/>
+      <c r="N16" s="642"/>
+      <c r="O16" s="642"/>
+      <c r="P16" s="642"/>
+      <c r="Q16" s="642"/>
     </row>
     <row r="17" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A17" s="11" t="s">
         <v>165</v>
       </c>
       <c r="B17" s="175"/>
       <c r="G17" s="139"/>
       <c r="H17" s="81"/>
       <c r="I17" s="139"/>
       <c r="J17" s="66">
         <f>IF(H17&gt;0,H17/$H$18,)</f>
         <v>0</v>
       </c>
       <c r="K17" s="66">
         <f>IF(J17=0,0,I17*J17)</f>
         <v>0</v>
       </c>
-      <c r="M17" s="637"/>
-[...3 lines deleted...]
-      <c r="Q17" s="637"/>
+      <c r="M17" s="642"/>
+      <c r="N17" s="642"/>
+      <c r="O17" s="642"/>
+      <c r="P17" s="642"/>
+      <c r="Q17" s="642"/>
     </row>
     <row r="18" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A18" s="6" t="s">
         <v>166</v>
       </c>
       <c r="B18" s="63">
         <f>'Input sheet'!B21</f>
         <v>4315</v>
       </c>
       <c r="G18" s="82" t="s">
         <v>360</v>
       </c>
       <c r="H18" s="82">
         <f>SUM(H5:H17)</f>
         <v>225471</v>
       </c>
       <c r="I18" s="82"/>
       <c r="J18" s="66">
         <f>SUM(J5:J17)</f>
         <v>1</v>
       </c>
       <c r="K18" s="66">
         <f>SUM(K5:K17)</f>
         <v>4.7325106554723231E-2</v>
       </c>
-      <c r="M18" s="637"/>
-[...3 lines deleted...]
-      <c r="Q18" s="637"/>
+      <c r="M18" s="642"/>
+      <c r="N18" s="642"/>
+      <c r="O18" s="642"/>
+      <c r="P18" s="642"/>
+      <c r="Q18" s="642"/>
     </row>
     <row r="19" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A19" s="6" t="s">
         <v>167</v>
       </c>
       <c r="B19" s="64">
         <f>'Input sheet'!B22</f>
         <v>72.28</v>
       </c>
       <c r="G19" s="72" t="s">
         <v>419</v>
       </c>
-      <c r="M19" s="637"/>
-[...3 lines deleted...]
-      <c r="Q19" s="637"/>
+      <c r="M19" s="642"/>
+      <c r="N19" s="642"/>
+      <c r="O19" s="642"/>
+      <c r="P19" s="642"/>
+      <c r="Q19" s="642"/>
     </row>
     <row r="20" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="G20" s="12" t="s">
         <v>335</v>
       </c>
       <c r="H20" s="12" t="s">
         <v>5</v>
       </c>
       <c r="I20" s="12" t="s">
         <v>357</v>
       </c>
       <c r="J20" s="12" t="s">
         <v>359</v>
       </c>
       <c r="K20" s="12" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="21" spans="1:17" s="6" customFormat="1" ht="15" customHeight="1">
       <c r="A21" s="6" t="s">
         <v>445</v>
       </c>
       <c r="B21" s="81" t="s">
         <v>451</v>
       </c>
@@ -11949,184 +11938,184 @@
     <row r="44" spans="1:15" ht="14">
       <c r="A44" s="6"/>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="81"/>
       <c r="H44" s="86"/>
       <c r="I44" s="87">
         <f>IF(G44=0,,VLOOKUP(G44,'Industry Averages(US)'!$A$2:$S$95,15))</f>
         <v>0</v>
       </c>
       <c r="J44" s="88">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K44" s="176">
         <f>IF(I44=0,0,VLOOKUP(G44,'Industry Averages(US)'!$A$2:$S$95,7))</f>
         <v>0</v>
       </c>
       <c r="L44" s="178">
         <f>IF(I44=0,0,VLOOKUP(G44,'Industry Averages(US)'!$A$2:$S$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M44" s="636" t="s">
+      <c r="M44" s="641" t="s">
         <v>737</v>
       </c>
-      <c r="N44" s="636"/>
-      <c r="O44" s="636"/>
+      <c r="N44" s="641"/>
+      <c r="O44" s="641"/>
     </row>
     <row r="45" spans="1:15" ht="14">
       <c r="A45" s="6" t="s">
         <v>178</v>
       </c>
       <c r="B45" s="64">
         <f>IF('Input sheet'!B17="Yes",'Operating lease converter'!F33,0)</f>
         <v>0</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
       <c r="G45" s="81"/>
       <c r="H45" s="86"/>
       <c r="I45" s="87">
         <f>IF(G45=0,,VLOOKUP(G45,'Industry Averages(US)'!$A$2:$S$95,15))</f>
         <v>0</v>
       </c>
       <c r="J45" s="88">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K45" s="176">
         <f>IF(I45=0,0,VLOOKUP(G45,'Industry Averages(US)'!$A$2:$S$95,7))</f>
         <v>0</v>
       </c>
       <c r="L45" s="178">
         <f>IF(I45=0,0,VLOOKUP(G45,'Industry Averages(US)'!$A$2:$S$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M45" s="636"/>
-[...1 lines deleted...]
-      <c r="O45" s="636"/>
+      <c r="M45" s="641"/>
+      <c r="N45" s="641"/>
+      <c r="O45" s="641"/>
     </row>
     <row r="46" spans="1:15" ht="14">
       <c r="A46" s="6"/>
       <c r="B46" s="6"/>
       <c r="C46" s="6"/>
       <c r="D46" s="6"/>
       <c r="E46" s="6"/>
       <c r="F46" s="6"/>
       <c r="G46" s="81"/>
       <c r="H46" s="86"/>
       <c r="I46" s="87">
         <f>IF(G46=0,,VLOOKUP(G46,'Industry Averages(US)'!$A$2:$S$95,15))</f>
         <v>0</v>
       </c>
       <c r="J46" s="88">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K46" s="176">
         <f>IF(I46=0,0,VLOOKUP(G46,'Industry Averages(US)'!$A$2:$S$95,7))</f>
         <v>0</v>
       </c>
       <c r="L46" s="178">
         <f>IF(I46=0,0,VLOOKUP(G46,'Industry Averages(US)'!$A$2:$S$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M46" s="636"/>
-[...1 lines deleted...]
-      <c r="O46" s="636"/>
+      <c r="M46" s="641"/>
+      <c r="N46" s="641"/>
+      <c r="O46" s="641"/>
     </row>
     <row r="47" spans="1:15" ht="14">
       <c r="A47" s="11" t="s">
         <v>179</v>
       </c>
       <c r="B47" s="6"/>
       <c r="C47" s="6"/>
       <c r="D47" s="6"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
       <c r="G47" s="81"/>
       <c r="H47" s="86"/>
       <c r="I47" s="87">
         <f>IF(G47=0,,VLOOKUP(G47,'Industry Averages(US)'!$A$2:$S$95,15))</f>
         <v>0</v>
       </c>
       <c r="J47" s="88">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K47" s="176">
         <f>IF(I47=0,0,VLOOKUP(G47,'Industry Averages(US)'!$A$2:$S$95,7))</f>
         <v>0</v>
       </c>
       <c r="L47" s="178">
         <f>IF(I47=0,0,VLOOKUP(G47,'Industry Averages(US)'!$A$2:$S$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M47" s="636"/>
-[...1 lines deleted...]
-      <c r="O47" s="636"/>
+      <c r="M47" s="641"/>
+      <c r="N47" s="641"/>
+      <c r="O47" s="641"/>
     </row>
     <row r="48" spans="1:15" ht="14">
       <c r="A48" s="6" t="s">
         <v>180</v>
       </c>
       <c r="B48" s="60">
         <v>0</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="89" t="s">
         <v>221</v>
       </c>
       <c r="H48" s="90">
         <f>SUM(H36:H47)</f>
         <v>253010</v>
       </c>
       <c r="I48" s="91"/>
       <c r="J48" s="88">
         <f>SUM(J36:J47)</f>
         <v>1495750.2891076214</v>
       </c>
       <c r="K48" s="177">
         <f>K36*(J36/J48)+K37*J37/J48+K38*J38/J48+K39*J39/J48+K40*J40/J48+K41*J41/J48+K42*J42/J48+K43*J43/J48+K44*J44/J48+K45*J45/J48+K46*J46/J48+K47*J47/J48</f>
         <v>1.2644905962260036</v>
       </c>
       <c r="L48" s="179">
         <f>L36*(J36/J48)+L37*J37/J48+L38*J38/J48+L39*J39/J48+L40*J40/J48+L41*J41/J48+L42*J42/J48+L43*J43/J48+L44*J44/J48+L45*J45/J48+L46*J46/J48+L47*J47/J48</f>
         <v>9.4242393813525394E-2</v>
       </c>
-      <c r="M48" s="636"/>
-[...1 lines deleted...]
-      <c r="O48" s="636"/>
+      <c r="M48" s="641"/>
+      <c r="N48" s="641"/>
+      <c r="O48" s="641"/>
     </row>
     <row r="49" spans="1:15" ht="14">
       <c r="A49" s="6" t="s">
         <v>181</v>
       </c>
       <c r="B49" s="60">
         <v>70</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="6"/>
       <c r="E49" s="6"/>
       <c r="F49" s="6"/>
     </row>
     <row r="50" spans="1:15" ht="18">
       <c r="A50" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B50" s="60">
         <v>5</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="6"/>
       <c r="E50" s="6"/>
       <c r="F50" s="6"/>
       <c r="G50" s="109" t="s">
@@ -12423,489 +12412,489 @@
         <v>0</v>
       </c>
       <c r="E60" s="165">
         <f>SUM(B60:D60)</f>
         <v>351841.84461186395</v>
       </c>
       <c r="F60" s="6"/>
       <c r="G60" s="81"/>
       <c r="H60" s="86"/>
       <c r="I60" s="87">
         <f>IF(G60=0,,VLOOKUP(G60,'Industry Averages (Global)'!$A$2:$O$95,15))</f>
         <v>0</v>
       </c>
       <c r="J60" s="88">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K60" s="87">
         <f>IF(G60=0,,VLOOKUP(G60,'Industry Averages (Global)'!$A$2:$O$95,7))</f>
         <v>0</v>
       </c>
       <c r="L60" s="178">
         <f>IF(I60=0,0,VLOOKUP(G60,'Industry Averages (Global)'!$A$2:$M$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M60" s="636" t="s">
+      <c r="M60" s="641" t="s">
         <v>850</v>
       </c>
-      <c r="N60" s="636"/>
-      <c r="O60" s="636"/>
+      <c r="N60" s="641"/>
+      <c r="O60" s="641"/>
     </row>
     <row r="61" spans="1:15" ht="15" thickBot="1">
       <c r="A61" s="12" t="s">
         <v>190</v>
       </c>
       <c r="B61" s="66">
         <f>B60/$E$60</f>
         <v>0.88644430665733065</v>
       </c>
       <c r="C61" s="66">
         <f>C60/$E$60</f>
         <v>0.11355569334266931</v>
       </c>
       <c r="D61" s="66">
         <f>D60/$E$60</f>
         <v>0</v>
       </c>
       <c r="E61" s="67">
         <f>SUM(B61:D61)</f>
         <v>1</v>
       </c>
       <c r="F61" s="6"/>
       <c r="G61" s="81"/>
       <c r="H61" s="86"/>
       <c r="I61" s="87">
         <f>IF(G61=0,,VLOOKUP(G61,'Industry Averages (Global)'!$A$2:$O$95,15))</f>
         <v>0</v>
       </c>
       <c r="J61" s="88">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K61" s="87">
         <f>IF(G61=0,,VLOOKUP(G61,'Industry Averages (Global)'!$A$2:$O$95,7))</f>
         <v>0</v>
       </c>
       <c r="L61" s="178">
         <f>IF(I61=0,0,VLOOKUP(G61,'Industry Averages (Global)'!$A$2:$M$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M61" s="636"/>
-[...1 lines deleted...]
-      <c r="O61" s="636"/>
+      <c r="M61" s="641"/>
+      <c r="N61" s="641"/>
+      <c r="O61" s="641"/>
     </row>
     <row r="62" spans="1:15" ht="15" thickBot="1">
       <c r="A62" s="12" t="s">
         <v>191</v>
       </c>
       <c r="B62" s="68">
         <f>B24+C57*B27</f>
         <v>7.4514660372588484E-2</v>
       </c>
       <c r="C62" s="66">
         <f>B37*(1-B38)</f>
         <v>3.9602250000000006E-2</v>
       </c>
       <c r="D62" s="69">
         <f>B50/B49</f>
         <v>7.1428571428571425E-2</v>
       </c>
       <c r="E62" s="70">
         <f>B61*B62+C61*C62+D61*D62</f>
         <v>7.0550157406465405E-2</v>
       </c>
       <c r="F62" s="6"/>
       <c r="G62" s="81"/>
       <c r="H62" s="86"/>
       <c r="I62" s="87">
         <f>IF(G62=0,,VLOOKUP(G62,'Industry Averages (Global)'!$A$2:$O$95,15))</f>
         <v>0</v>
       </c>
       <c r="J62" s="88">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K62" s="87">
         <f>IF(G62=0,,VLOOKUP(G62,'Industry Averages (Global)'!$A$2:$O$95,7))</f>
         <v>0</v>
       </c>
       <c r="L62" s="178">
         <f>IF(I62=0,0,VLOOKUP(G62,'Industry Averages (Global)'!$A$2:$M$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M62" s="636"/>
-[...1 lines deleted...]
-      <c r="O62" s="636"/>
+      <c r="M62" s="641"/>
+      <c r="N62" s="641"/>
+      <c r="O62" s="641"/>
     </row>
     <row r="63" spans="1:15" ht="14">
       <c r="G63" s="81"/>
       <c r="H63" s="86"/>
       <c r="I63" s="87">
         <f>IF(G63=0,,VLOOKUP(G63,'Industry Averages (Global)'!$A$2:$O$95,15))</f>
         <v>0</v>
       </c>
       <c r="J63" s="88">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K63" s="87">
         <f>IF(G63=0,,VLOOKUP(G63,'Industry Averages (Global)'!$A$2:$O$95,7))</f>
         <v>0</v>
       </c>
       <c r="L63" s="178">
         <f>IF(I63=0,0,VLOOKUP(G63,'Industry Averages (Global)'!$A$2:$M$95,13))</f>
         <v>0</v>
       </c>
-      <c r="M63" s="636"/>
-[...1 lines deleted...]
-      <c r="O63" s="636"/>
+      <c r="M63" s="641"/>
+      <c r="N63" s="641"/>
+      <c r="O63" s="641"/>
     </row>
     <row r="64" spans="1:15" ht="15" thickBot="1">
       <c r="G64" s="89" t="s">
         <v>221</v>
       </c>
       <c r="H64" s="90">
         <f>SUM(H52:H63)</f>
         <v>81363</v>
       </c>
       <c r="I64" s="91"/>
       <c r="J64" s="88">
         <f>SUM(J52:J63)</f>
         <v>181320.53870313696</v>
       </c>
       <c r="K64" s="91">
         <f>K52*(J52/J64)+K53*J53/J64+K54*J54/J64+K55*J55/J64+K56*J56/J64+K57*J57/J64+K58*J58/J64+K59*J59/J64+K60*J60/J64+K61*J61/J64+K62*J62/J64+K63*J63/J64</f>
         <v>1.568504800835242</v>
       </c>
       <c r="L64" s="179">
         <f>L52*(J52/J64)+L53*J53/J64+L54*J54/J64+L55*J55/J64+L56*J56/J64+L57*J57/J64+L58*J58/J64+L59*J59/J64+L60*J60/J64+L61*J61/J64+L62*J62/J64+L63*J63/J64</f>
         <v>0.1187602444873785</v>
       </c>
-      <c r="M64" s="636"/>
-[...1 lines deleted...]
-      <c r="O64" s="636"/>
+      <c r="M64" s="641"/>
+      <c r="N64" s="641"/>
+      <c r="O64" s="641"/>
     </row>
     <row r="65" spans="1:18" ht="17" thickBot="1">
-      <c r="A65" s="643" t="s">
+      <c r="A65" s="648" t="s">
         <v>716</v>
       </c>
-      <c r="B65" s="644"/>
-[...3 lines deleted...]
-      <c r="F65" s="645"/>
+      <c r="B65" s="649"/>
+      <c r="C65" s="649"/>
+      <c r="D65" s="649"/>
+      <c r="E65" s="649"/>
+      <c r="F65" s="650"/>
     </row>
     <row r="66" spans="1:18" ht="15" thickBot="1">
       <c r="A66" s="6" t="s">
         <v>717</v>
       </c>
       <c r="B66" s="180" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="67" spans="1:18" ht="14" thickBot="1">
       <c r="A67" t="s">
         <v>718</v>
       </c>
       <c r="B67" s="181">
         <f>IF(B66="Single Business(US)",(VLOOKUP('Input sheet'!B8,'Industry Averages(US)'!A2:M95,13)+('Input sheet'!B34-4.58%)),IF(B66="Multibusiness(US)",L48+('Input sheet'!B34-4.58%),IF(B66="Single Business(Global)",(VLOOKUP('Input sheet'!B8,'Industry Averages (Global)'!A2:M95,13)+('Input sheet'!B34-4.58%)),L64+('Input sheet'!B34-4.58%))))</f>
         <v>9.4242393813525394E-2</v>
       </c>
     </row>
     <row r="68" spans="1:18" ht="14" thickBot="1"/>
     <row r="69" spans="1:18" ht="17" thickBot="1">
-      <c r="A69" s="643" t="s">
+      <c r="A69" s="648" t="s">
         <v>719</v>
       </c>
-      <c r="B69" s="646"/>
-[...3 lines deleted...]
-      <c r="F69" s="645"/>
+      <c r="B69" s="651"/>
+      <c r="C69" s="649"/>
+      <c r="D69" s="649"/>
+      <c r="E69" s="649"/>
+      <c r="F69" s="650"/>
     </row>
     <row r="70" spans="1:18">
       <c r="A70" t="s">
         <v>720</v>
       </c>
       <c r="B70" s="186" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71" t="s">
         <v>883</v>
       </c>
       <c r="B71" s="186" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72" t="s">
         <v>728</v>
       </c>
       <c r="B72" s="179">
         <f>VLOOKUP(B70,A75:F79,IF(B71="First Decile",2,IF(B71="First Quartile",3,IF(B71="Median",4,IF(B71="Third Quartile",5,6)))))</f>
         <v>7.7903913191275001E-2</v>
       </c>
     </row>
     <row r="74" spans="1:18" ht="14">
-      <c r="A74" s="668" t="s">
+      <c r="A74" s="498" t="s">
         <v>335</v>
       </c>
-      <c r="B74" s="669" t="s">
+      <c r="B74" s="499" t="s">
         <v>884</v>
       </c>
-      <c r="C74" s="670" t="s">
+      <c r="C74" s="500" t="s">
         <v>886</v>
       </c>
-      <c r="D74" s="670" t="s">
+      <c r="D74" s="500" t="s">
         <v>729</v>
       </c>
-      <c r="E74" s="670" t="s">
+      <c r="E74" s="500" t="s">
         <v>730</v>
       </c>
-      <c r="F74" s="670" t="s">
+      <c r="F74" s="500" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="75" spans="1:18">
-      <c r="A75" s="668" t="s">
+      <c r="A75" s="498" t="s">
         <v>722</v>
       </c>
-      <c r="B75" s="672">
+      <c r="B75" s="501">
         <v>6.6532332574994996E-2</v>
       </c>
-      <c r="C75" s="672">
+      <c r="C75" s="501">
         <v>7.6287040431453401E-2</v>
       </c>
-      <c r="D75" s="672">
+      <c r="D75" s="501">
         <v>8.9543410304161103E-2</v>
       </c>
-      <c r="E75" s="672">
+      <c r="E75" s="501">
         <v>0.106923420460042</v>
       </c>
-      <c r="F75" s="672">
+      <c r="F75" s="501">
         <v>0.125494141848594</v>
       </c>
       <c r="H75" s="234"/>
       <c r="I75" s="234"/>
       <c r="J75" s="234"/>
       <c r="K75" s="234"/>
       <c r="L75" s="234"/>
       <c r="N75" s="487"/>
       <c r="O75" s="487"/>
       <c r="P75" s="487"/>
       <c r="Q75" s="487"/>
       <c r="R75" s="487"/>
     </row>
     <row r="76" spans="1:18">
-      <c r="A76" s="668" t="s">
+      <c r="A76" s="498" t="s">
         <v>882</v>
       </c>
-      <c r="B76" s="672">
+      <c r="B76" s="501">
         <v>5.9919384550473201E-2</v>
       </c>
-      <c r="C76" s="672">
+      <c r="C76" s="501">
         <v>6.8285773653074394E-2</v>
       </c>
-      <c r="D76" s="672">
+      <c r="D76" s="501">
         <v>8.2225393834134602E-2</v>
       </c>
-      <c r="E76" s="672">
+      <c r="E76" s="501">
         <v>9.5713876864433098E-2</v>
       </c>
-      <c r="F76" s="672">
+      <c r="F76" s="501">
         <v>0.11024114909683901</v>
       </c>
       <c r="H76" s="234"/>
       <c r="I76" s="234"/>
       <c r="J76" s="234"/>
       <c r="K76" s="234"/>
       <c r="L76" s="234"/>
       <c r="N76" s="487"/>
       <c r="O76" s="487"/>
       <c r="P76" s="487"/>
       <c r="Q76" s="487"/>
       <c r="R76" s="487"/>
     </row>
     <row r="77" spans="1:18">
-      <c r="A77" s="668" t="s">
+      <c r="A77" s="498" t="s">
         <v>465</v>
       </c>
-      <c r="B77" s="672">
+      <c r="B77" s="501">
         <v>6.28222615048004E-2</v>
       </c>
-      <c r="C77" s="672">
+      <c r="C77" s="501">
         <v>7.2448825558560803E-2</v>
       </c>
-      <c r="D77" s="672">
+      <c r="D77" s="501">
         <v>8.6508898749839705E-2</v>
       </c>
-      <c r="E77" s="672">
+      <c r="E77" s="501">
         <v>0.100287313945416</v>
       </c>
-      <c r="F77" s="672">
+      <c r="F77" s="501">
         <v>0.116631464681193</v>
       </c>
       <c r="H77" s="234"/>
       <c r="I77" s="234"/>
       <c r="J77" s="234"/>
       <c r="K77" s="234"/>
       <c r="L77" s="234"/>
       <c r="N77" s="487"/>
       <c r="O77" s="487"/>
       <c r="P77" s="487"/>
       <c r="Q77" s="487"/>
       <c r="R77" s="487"/>
     </row>
     <row r="78" spans="1:18">
-      <c r="A78" s="668" t="s">
+      <c r="A78" s="498" t="s">
         <v>279</v>
       </c>
-      <c r="B78" s="672">
+      <c r="B78" s="501">
         <v>6.2956793615331103E-2</v>
       </c>
-      <c r="C78" s="672">
+      <c r="C78" s="501">
         <v>7.0738068585060696E-2</v>
       </c>
-      <c r="D78" s="672">
+      <c r="D78" s="501">
         <v>8.2379348048673806E-2</v>
       </c>
-      <c r="E78" s="672">
+      <c r="E78" s="501">
         <v>9.4346984106127907E-2</v>
       </c>
-      <c r="F78" s="672">
+      <c r="F78" s="501">
         <v>0.107319700894456</v>
       </c>
       <c r="H78" s="234"/>
       <c r="I78" s="234"/>
       <c r="J78" s="234"/>
       <c r="K78" s="234"/>
       <c r="L78" s="234"/>
       <c r="N78" s="487"/>
       <c r="O78" s="487"/>
       <c r="P78" s="487"/>
       <c r="Q78" s="487"/>
       <c r="R78" s="487"/>
     </row>
     <row r="79" spans="1:18">
-      <c r="A79" s="668" t="s">
+      <c r="A79" s="498" t="s">
         <v>721</v>
       </c>
-      <c r="B79" s="672">
+      <c r="B79" s="501">
         <v>5.2600788276311899E-2</v>
       </c>
-      <c r="C79" s="672">
+      <c r="C79" s="501">
         <v>6.4110340905474503E-2</v>
       </c>
-      <c r="D79" s="672">
+      <c r="D79" s="501">
         <v>7.7903913191275001E-2</v>
       </c>
-      <c r="E79" s="672">
+      <c r="E79" s="501">
         <v>9.1622586427336797E-2</v>
       </c>
-      <c r="F79" s="672">
+      <c r="F79" s="501">
         <v>9.8770423360607998E-2</v>
       </c>
       <c r="H79" s="234"/>
       <c r="I79" s="234"/>
       <c r="J79" s="234"/>
       <c r="K79" s="234"/>
       <c r="L79" s="234"/>
       <c r="N79" s="487"/>
       <c r="O79" s="487"/>
       <c r="P79" s="487"/>
       <c r="Q79" s="487"/>
       <c r="R79" s="487"/>
     </row>
     <row r="80" spans="1:18">
-      <c r="A80" s="671" t="s">
+      <c r="A80" s="631" t="s">
         <v>731</v>
       </c>
-      <c r="B80" s="626"/>
-[...3 lines deleted...]
-      <c r="F80" s="626"/>
+      <c r="B80" s="631"/>
+      <c r="C80" s="631"/>
+      <c r="D80" s="631"/>
+      <c r="E80" s="631"/>
+      <c r="F80" s="631"/>
     </row>
     <row r="81" spans="1:6">
-      <c r="A81" s="626"/>
-[...4 lines deleted...]
-      <c r="F81" s="626"/>
+      <c r="A81" s="631"/>
+      <c r="B81" s="631"/>
+      <c r="C81" s="631"/>
+      <c r="D81" s="631"/>
+      <c r="E81" s="631"/>
+      <c r="F81" s="631"/>
     </row>
     <row r="84" spans="1:6">
       <c r="B84" s="387"/>
       <c r="C84" s="388"/>
       <c r="D84" s="388"/>
       <c r="E84" s="388"/>
       <c r="F84" s="388"/>
     </row>
     <row r="85" spans="1:6">
-      <c r="B85" s="667"/>
-[...2 lines deleted...]
-      <c r="E85" s="667"/>
+      <c r="B85" s="497"/>
+      <c r="C85" s="497"/>
+      <c r="D85" s="497"/>
+      <c r="E85" s="497"/>
       <c r="F85" s="379"/>
     </row>
     <row r="86" spans="1:6">
-      <c r="B86" s="667"/>
-[...2 lines deleted...]
-      <c r="E86" s="667"/>
+      <c r="B86" s="497"/>
+      <c r="C86" s="497"/>
+      <c r="D86" s="497"/>
+      <c r="E86" s="497"/>
       <c r="F86" s="379"/>
     </row>
     <row r="87" spans="1:6">
-      <c r="B87" s="667"/>
-[...2 lines deleted...]
-      <c r="E87" s="667"/>
+      <c r="B87" s="497"/>
+      <c r="C87" s="497"/>
+      <c r="D87" s="497"/>
+      <c r="E87" s="497"/>
       <c r="F87" s="379"/>
     </row>
     <row r="88" spans="1:6">
-      <c r="B88" s="667"/>
-[...2 lines deleted...]
-      <c r="E88" s="667"/>
+      <c r="B88" s="497"/>
+      <c r="C88" s="497"/>
+      <c r="D88" s="497"/>
+      <c r="E88" s="497"/>
       <c r="F88" s="379"/>
     </row>
     <row r="89" spans="1:6">
-      <c r="B89" s="667"/>
-[...2 lines deleted...]
-      <c r="E89" s="667"/>
+      <c r="B89" s="497"/>
+      <c r="C89" s="497"/>
+      <c r="D89" s="497"/>
+      <c r="E89" s="497"/>
       <c r="F89" s="379"/>
     </row>
     <row r="91" spans="1:6">
-      <c r="B91" s="667"/>
-[...3 lines deleted...]
-      <c r="F91" s="667"/>
+      <c r="B91" s="497"/>
+      <c r="C91" s="497"/>
+      <c r="D91" s="497"/>
+      <c r="E91" s="497"/>
+      <c r="F91" s="497"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A80:F81"/>
     <mergeCell ref="A4:E9"/>
     <mergeCell ref="M44:O48"/>
     <mergeCell ref="M5:Q19"/>
     <mergeCell ref="A1:K2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A15:F15"/>
     <mergeCell ref="A65:F65"/>
     <mergeCell ref="A69:F69"/>
     <mergeCell ref="M60:O64"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B70" xr:uid="{00000000-0002-0000-0900-000000000000}">
       <formula1>$A$75:$A$79</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
@@ -12982,63 +12971,63 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:X37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G39" sqref="G39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <sheetData>
     <row r="1" spans="1:11" s="229" customFormat="1" ht="23">
       <c r="A1" s="229" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="2" spans="1:11" s="227" customFormat="1" ht="18">
       <c r="A2" s="227" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="14" thickBot="1"/>
     <row r="4" spans="1:11" ht="15" thickBot="1">
-      <c r="A4" s="647" t="s">
+      <c r="A4" s="652" t="s">
         <v>619</v>
       </c>
-      <c r="B4" s="648"/>
-[...8 lines deleted...]
-      <c r="K4" s="649"/>
+      <c r="B4" s="653"/>
+      <c r="C4" s="653"/>
+      <c r="D4" s="653"/>
+      <c r="E4" s="653"/>
+      <c r="F4" s="653"/>
+      <c r="G4" s="653"/>
+      <c r="H4" s="653"/>
+      <c r="I4" s="653"/>
+      <c r="J4" s="653"/>
+      <c r="K4" s="654"/>
     </row>
     <row r="5" spans="1:11" ht="16">
       <c r="A5" s="155" t="s">
         <v>611</v>
       </c>
       <c r="B5" s="156">
         <v>1</v>
       </c>
       <c r="C5" s="156">
         <v>2</v>
       </c>
       <c r="D5" s="156">
         <v>3</v>
       </c>
       <c r="E5" s="156">
         <v>4</v>
       </c>
       <c r="F5" s="156">
         <v>5</v>
       </c>
       <c r="G5" s="156">
         <v>6</v>
       </c>
       <c r="H5" s="156">
         <v>7</v>
@@ -13287,62 +13276,62 @@
       </c>
       <c r="H12" s="158">
         <v>0.48259999999999997</v>
       </c>
       <c r="I12" s="158">
         <v>0.49049999999999999</v>
       </c>
       <c r="J12" s="158">
         <v>0.49759999999999999</v>
       </c>
       <c r="K12" s="158">
         <v>0.50380000000000003</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="16">
       <c r="A14" s="228" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="227" customFormat="1" ht="18">
       <c r="A16" s="227" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="17" spans="1:24">
-      <c r="O17" s="653" t="s">
+      <c r="O17" s="658" t="s">
         <v>760</v>
       </c>
-      <c r="P17" s="653"/>
-[...7 lines deleted...]
-      <c r="X17" s="653"/>
+      <c r="P17" s="658"/>
+      <c r="Q17" s="658"/>
+      <c r="R17" s="658"/>
+      <c r="S17" s="658"/>
+      <c r="T17" s="658"/>
+      <c r="U17" s="658"/>
+      <c r="V17" s="658"/>
+      <c r="W17" s="658"/>
+      <c r="X17" s="658"/>
     </row>
     <row r="18" spans="1:24" ht="16">
       <c r="A18" s="230"/>
       <c r="B18" s="231"/>
       <c r="C18" s="232" t="s">
         <v>744</v>
       </c>
       <c r="D18" s="232" t="s">
         <v>745</v>
       </c>
       <c r="E18" s="232" t="s">
         <v>746</v>
       </c>
       <c r="F18" s="232" t="s">
         <v>747</v>
       </c>
       <c r="G18" s="232" t="s">
         <v>748</v>
       </c>
       <c r="H18" s="232" t="s">
         <v>749</v>
       </c>
       <c r="I18" s="232" t="s">
         <v>708</v>
       </c>
@@ -13365,51 +13354,51 @@
         <v>746</v>
       </c>
       <c r="R18" s="232" t="s">
         <v>747</v>
       </c>
       <c r="S18" s="232" t="s">
         <v>748</v>
       </c>
       <c r="T18" s="232" t="s">
         <v>749</v>
       </c>
       <c r="U18" s="232" t="s">
         <v>708</v>
       </c>
       <c r="V18" s="232" t="s">
         <v>750</v>
       </c>
       <c r="W18" s="232" t="s">
         <v>751</v>
       </c>
       <c r="X18" s="232" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="19" spans="1:24" ht="16" customHeight="1">
-      <c r="A19" s="650" t="s">
+      <c r="A19" s="655" t="s">
         <v>753</v>
       </c>
       <c r="B19" s="235">
         <v>0</v>
       </c>
       <c r="C19" s="233">
         <f>1-O28</f>
         <v>0.55099999999999993</v>
       </c>
       <c r="D19" s="233">
         <f t="shared" ref="D19:L19" si="0">1-P28</f>
         <v>0.67700000000000005</v>
       </c>
       <c r="E19" s="233">
         <f t="shared" si="0"/>
         <v>0.55099999999999993</v>
       </c>
       <c r="F19" s="233">
         <f t="shared" si="0"/>
         <v>0.753</v>
       </c>
       <c r="G19" s="233">
         <f t="shared" si="0"/>
         <v>0.61899999999999999</v>
       </c>
@@ -13446,51 +13435,51 @@
         <v>0.84</v>
       </c>
       <c r="R19" s="234">
         <v>0.74299999999999999</v>
       </c>
       <c r="S19" s="234">
         <v>0.82799999999999996</v>
       </c>
       <c r="T19" s="234">
         <v>0.83099999999999996</v>
       </c>
       <c r="U19" s="234">
         <v>0.76900000000000002</v>
       </c>
       <c r="V19" s="234">
         <v>0.752</v>
       </c>
       <c r="W19" s="234">
         <v>0.81400000000000006</v>
       </c>
       <c r="X19" s="234">
         <v>0.78299999999999992</v>
       </c>
     </row>
     <row r="20" spans="1:24" ht="16">
-      <c r="A20" s="651"/>
+      <c r="A20" s="656"/>
       <c r="B20" s="235">
         <v>1</v>
       </c>
       <c r="C20" s="233">
         <f>O19-O$28</f>
         <v>0.37399999999999994</v>
       </c>
       <c r="D20" s="233">
         <f t="shared" ref="D20:D29" si="1">P19-P$28</f>
         <v>0.495</v>
       </c>
       <c r="E20" s="233">
         <f t="shared" ref="E20:E29" si="2">Q19-Q$28</f>
         <v>0.39099999999999996</v>
       </c>
       <c r="F20" s="233">
         <f t="shared" ref="F20:F29" si="3">R19-R$28</f>
         <v>0.496</v>
       </c>
       <c r="G20" s="233">
         <f t="shared" ref="G20:G29" si="4">S19-S$28</f>
         <v>0.44699999999999995</v>
       </c>
       <c r="H20" s="233">
         <f t="shared" ref="H20:H29" si="5">T19-T$28</f>
@@ -13525,51 +13514,51 @@
         <v>0.73499999999999999</v>
       </c>
       <c r="R20" s="234">
         <v>0.59799999999999998</v>
       </c>
       <c r="S20" s="234">
         <v>0.72400000000000009</v>
       </c>
       <c r="T20" s="234">
         <v>0.72400000000000009</v>
       </c>
       <c r="U20" s="234">
         <v>0.63600000000000001</v>
       </c>
       <c r="V20" s="234">
         <v>0.627</v>
       </c>
       <c r="W20" s="234">
         <v>0.72199999999999998</v>
       </c>
       <c r="X20" s="234">
         <v>0.66200000000000003</v>
       </c>
     </row>
     <row r="21" spans="1:24" ht="16">
-      <c r="A21" s="651"/>
+      <c r="A21" s="656"/>
       <c r="B21" s="235">
         <v>2</v>
       </c>
       <c r="C21" s="233">
         <f t="shared" ref="C21:C29" si="10">O20-O$28</f>
         <v>0.29899999999999999</v>
       </c>
       <c r="D21" s="233">
         <f t="shared" si="1"/>
         <v>0.38900000000000012</v>
       </c>
       <c r="E21" s="233">
         <f t="shared" si="2"/>
         <v>0.28599999999999998</v>
       </c>
       <c r="F21" s="233">
         <f t="shared" si="3"/>
         <v>0.35099999999999998</v>
       </c>
       <c r="G21" s="233">
         <f t="shared" si="4"/>
         <v>0.34300000000000008</v>
       </c>
       <c r="H21" s="233">
         <f t="shared" si="5"/>
@@ -13604,51 +13593,51 @@
         <v>0.67</v>
       </c>
       <c r="R21" s="234">
         <v>0.45600000000000002</v>
       </c>
       <c r="S21" s="234">
         <v>0.622</v>
       </c>
       <c r="T21" s="234">
         <v>0.63100000000000001</v>
       </c>
       <c r="U21" s="234">
         <v>0.52300000000000002</v>
       </c>
       <c r="V21" s="234">
         <v>0.53299999999999992</v>
       </c>
       <c r="W21" s="234">
         <v>0.67400000000000004</v>
       </c>
       <c r="X21" s="234">
         <v>0.56600000000000006</v>
       </c>
     </row>
     <row r="22" spans="1:24" ht="16">
-      <c r="A22" s="651"/>
+      <c r="A22" s="656"/>
       <c r="B22" s="235">
         <v>3</v>
       </c>
       <c r="C22" s="233">
         <f t="shared" si="10"/>
         <v>0.21199999999999991</v>
       </c>
       <c r="D22" s="233">
         <f t="shared" si="1"/>
         <v>0.30600000000000005</v>
       </c>
       <c r="E22" s="233">
         <f t="shared" si="2"/>
         <v>0.22100000000000003</v>
       </c>
       <c r="F22" s="233">
         <f t="shared" si="3"/>
         <v>0.20900000000000002</v>
       </c>
       <c r="G22" s="233">
         <f t="shared" si="4"/>
         <v>0.24099999999999999</v>
       </c>
       <c r="H22" s="233">
         <f t="shared" si="5"/>
@@ -13683,51 +13672,51 @@
         <v>0.629</v>
       </c>
       <c r="R22" s="234">
         <v>0.371</v>
       </c>
       <c r="S22" s="234">
         <v>0.54100000000000004</v>
       </c>
       <c r="T22" s="234">
         <v>0.56499999999999995</v>
       </c>
       <c r="U22" s="234">
         <v>0.45</v>
       </c>
       <c r="V22" s="234">
         <v>0.46399999999999997</v>
       </c>
       <c r="W22" s="234">
         <v>0.61299999999999999</v>
       </c>
       <c r="X22" s="234">
         <v>0.498</v>
       </c>
     </row>
     <row r="23" spans="1:24" ht="16">
-      <c r="A23" s="651"/>
+      <c r="A23" s="656"/>
       <c r="B23" s="235">
         <v>4</v>
       </c>
       <c r="C23" s="233">
         <f t="shared" si="10"/>
         <v>0.16299999999999998</v>
       </c>
       <c r="D23" s="233">
         <f t="shared" si="1"/>
         <v>0.21499999999999997</v>
       </c>
       <c r="E23" s="233">
         <f t="shared" si="2"/>
         <v>0.18</v>
       </c>
       <c r="F23" s="233">
         <f t="shared" si="3"/>
         <v>0.124</v>
       </c>
       <c r="G23" s="233">
         <f t="shared" si="4"/>
         <v>0.16000000000000003</v>
       </c>
       <c r="H23" s="233">
         <f t="shared" si="5"/>
@@ -13762,51 +13751,51 @@
         <v>0.56499999999999995</v>
       </c>
       <c r="R23" s="234">
         <v>0.33200000000000002</v>
       </c>
       <c r="S23" s="234">
         <v>0.49399999999999999</v>
       </c>
       <c r="T23" s="234">
         <v>0.52100000000000002</v>
       </c>
       <c r="U23" s="234">
         <v>0.41100000000000003</v>
       </c>
       <c r="V23" s="234">
         <v>0.41899999999999998</v>
       </c>
       <c r="W23" s="234">
         <v>0.55899999999999994</v>
       </c>
       <c r="X23" s="234">
         <v>0.45399999999999996</v>
       </c>
     </row>
     <row r="24" spans="1:24" ht="16">
-      <c r="A24" s="651"/>
+      <c r="A24" s="656"/>
       <c r="B24" s="235">
         <v>5</v>
       </c>
       <c r="C24" s="233">
         <f t="shared" si="10"/>
         <v>0.12499999999999994</v>
       </c>
       <c r="D24" s="233">
         <f t="shared" si="1"/>
         <v>0.18900000000000006</v>
       </c>
       <c r="E24" s="233">
         <f t="shared" si="2"/>
         <v>0.11599999999999994</v>
       </c>
       <c r="F24" s="233">
         <f t="shared" si="3"/>
         <v>8.500000000000002E-2</v>
       </c>
       <c r="G24" s="233">
         <f t="shared" si="4"/>
         <v>0.11299999999999999</v>
       </c>
       <c r="H24" s="233">
         <f t="shared" si="5"/>
@@ -13841,51 +13830,51 @@
         <v>0.55600000000000005</v>
       </c>
       <c r="R24" s="234">
         <v>0.30599999999999999</v>
       </c>
       <c r="S24" s="234">
         <v>0.46299999999999997</v>
       </c>
       <c r="T24" s="234">
         <v>0.48499999999999999</v>
       </c>
       <c r="U24" s="234">
         <v>0.377</v>
       </c>
       <c r="V24" s="234">
         <v>0.37200000000000005</v>
       </c>
       <c r="W24" s="234">
         <v>0.54799999999999993</v>
       </c>
       <c r="X24" s="234">
         <v>0.42299999999999999</v>
       </c>
     </row>
     <row r="25" spans="1:24" ht="16">
-      <c r="A25" s="651"/>
+      <c r="A25" s="656"/>
       <c r="B25" s="235">
         <v>6</v>
       </c>
       <c r="C25" s="233">
         <f t="shared" si="10"/>
         <v>9.2000000000000026E-2</v>
       </c>
       <c r="D25" s="233">
         <f t="shared" si="1"/>
         <v>0.14900000000000008</v>
       </c>
       <c r="E25" s="233">
         <f t="shared" si="2"/>
         <v>0.10700000000000004</v>
       </c>
       <c r="F25" s="233">
         <f t="shared" si="3"/>
         <v>5.8999999999999997E-2</v>
       </c>
       <c r="G25" s="233">
         <f t="shared" si="4"/>
         <v>8.1999999999999962E-2</v>
       </c>
       <c r="H25" s="233">
         <f t="shared" si="5"/>
@@ -13920,51 +13909,51 @@
         <v>0.51600000000000001</v>
       </c>
       <c r="R25" s="234">
         <v>0.28399999999999997</v>
       </c>
       <c r="S25" s="234">
         <v>0.43799999999999994</v>
       </c>
       <c r="T25" s="234">
         <v>0.45700000000000002</v>
       </c>
       <c r="U25" s="234">
         <v>0.34899999999999998</v>
       </c>
       <c r="V25" s="234">
         <v>0.34</v>
       </c>
       <c r="W25" s="234">
         <v>0.52900000000000003</v>
       </c>
       <c r="X25" s="234">
         <v>0.39600000000000002</v>
       </c>
     </row>
     <row r="26" spans="1:24" ht="16">
-      <c r="A26" s="651"/>
+      <c r="A26" s="656"/>
       <c r="B26" s="235">
         <v>7</v>
       </c>
       <c r="C26" s="233">
         <f t="shared" si="10"/>
         <v>6.7000000000000004E-2</v>
       </c>
       <c r="D26" s="233">
         <f t="shared" si="1"/>
         <v>0.10600000000000004</v>
       </c>
       <c r="E26" s="233">
         <f t="shared" si="2"/>
         <v>6.7000000000000004E-2</v>
       </c>
       <c r="F26" s="233">
         <f t="shared" si="3"/>
         <v>3.6999999999999977E-2</v>
       </c>
       <c r="G26" s="233">
         <f t="shared" si="4"/>
         <v>5.699999999999994E-2</v>
       </c>
       <c r="H26" s="233">
         <f t="shared" si="5"/>
@@ -13999,51 +13988,51 @@
         <v>0.503</v>
       </c>
       <c r="R26" s="234">
         <v>0.27100000000000002</v>
       </c>
       <c r="S26" s="234">
         <v>0.41499999999999998</v>
       </c>
       <c r="T26" s="234">
         <v>0.433</v>
       </c>
       <c r="U26" s="234">
         <v>0.32400000000000001</v>
       </c>
       <c r="V26" s="234">
         <v>0.314</v>
       </c>
       <c r="W26" s="234">
         <v>0.48399999999999999</v>
       </c>
       <c r="X26" s="234">
         <v>0.371</v>
       </c>
     </row>
     <row r="27" spans="1:24" ht="16">
-      <c r="A27" s="651"/>
+      <c r="A27" s="656"/>
       <c r="B27" s="235">
         <v>8</v>
       </c>
       <c r="C27" s="233">
         <f t="shared" si="10"/>
         <v>4.5999999999999985E-2</v>
       </c>
       <c r="D27" s="233">
         <f t="shared" si="1"/>
         <v>8.2000000000000073E-2</v>
       </c>
       <c r="E27" s="233">
         <f t="shared" si="2"/>
         <v>5.3999999999999992E-2</v>
       </c>
       <c r="F27" s="233">
         <f t="shared" si="3"/>
         <v>2.4000000000000021E-2</v>
       </c>
       <c r="G27" s="233">
         <f t="shared" si="4"/>
         <v>3.3999999999999975E-2</v>
       </c>
       <c r="H27" s="233">
         <f t="shared" si="5"/>
@@ -14078,51 +14067,51 @@
         <v>0.47600000000000003</v>
       </c>
       <c r="R27" s="234">
         <v>0.25800000000000001</v>
       </c>
       <c r="S27" s="234">
         <v>0.4</v>
       </c>
       <c r="T27" s="234">
         <v>0.41</v>
       </c>
       <c r="U27" s="234">
         <v>0.30499999999999999</v>
       </c>
       <c r="V27" s="234">
         <v>0.27399999999999997</v>
       </c>
       <c r="W27" s="234">
         <v>0.45500000000000002</v>
       </c>
       <c r="X27" s="234">
         <v>0.34799999999999998</v>
       </c>
     </row>
     <row r="28" spans="1:24" ht="16">
-      <c r="A28" s="652"/>
+      <c r="A28" s="657"/>
       <c r="B28" s="235">
         <v>9</v>
       </c>
       <c r="C28" s="233">
         <f t="shared" si="10"/>
         <v>1.6000000000000014E-2</v>
       </c>
       <c r="D28" s="233">
         <f t="shared" si="1"/>
         <v>4.8000000000000043E-2</v>
       </c>
       <c r="E28" s="233">
         <f t="shared" si="2"/>
         <v>2.7000000000000024E-2</v>
       </c>
       <c r="F28" s="233">
         <f t="shared" si="3"/>
         <v>1.100000000000001E-2</v>
       </c>
       <c r="G28" s="233">
         <f t="shared" si="4"/>
         <v>1.9000000000000017E-2</v>
       </c>
       <c r="H28" s="233">
         <f t="shared" si="5"/>
@@ -14285,52 +14274,52 @@
     </row>
     <row r="36" spans="1:1" ht="16">
       <c r="A36" s="188" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="37" spans="1:1" ht="16">
       <c r="A37" s="188" t="s">
         <v>757</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A19:A28"/>
     <mergeCell ref="O17:X17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:F228"/>
   <sheetViews>
-    <sheetView topLeftCell="A178" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A178" sqref="A1:F1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A178" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="B184" sqref="B184"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="27.5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21" style="92" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>583</v>
       </c>
       <c r="B1" s="145">
         <v>4.2299999999999997E-2</v>
       </c>
       <c r="C1" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="2" spans="1:6" s="10" customFormat="1" ht="14">
       <c r="A2" s="167" t="s">
@@ -18083,61 +18072,61 @@
       <c r="A182" s="477" t="s">
         <v>322</v>
       </c>
       <c r="B182" s="481" t="s">
         <v>549</v>
       </c>
       <c r="C182" s="117">
         <v>6.3700000000000007E-2</v>
       </c>
       <c r="D182" s="117">
         <f t="shared" si="2"/>
         <v>0.1394</v>
       </c>
       <c r="E182" s="491">
         <v>9.7100000000000006E-2</v>
       </c>
       <c r="F182" s="492">
         <v>0.15</v>
       </c>
     </row>
     <row r="183" spans="1:6" ht="16">
       <c r="A183" s="477" t="s">
         <v>323</v>
       </c>
       <c r="B183" s="481" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="C183" s="117">
-        <v>3.8300000000000001E-2</v>
+        <v>3.0599999999999999E-2</v>
       </c>
       <c r="D183" s="117">
         <f t="shared" si="2"/>
-        <v>0.10059999999999999</v>
+        <v>8.8900000000000007E-2</v>
       </c>
       <c r="E183" s="491">
-        <v>5.8299999999999998E-2</v>
+        <v>4.6600000000000003E-2</v>
       </c>
       <c r="F183" s="492">
         <v>0.25</v>
       </c>
     </row>
     <row r="184" spans="1:6" ht="16">
       <c r="A184" s="478" t="s">
         <v>880</v>
       </c>
       <c r="B184" s="481" t="s">
         <v>635</v>
       </c>
       <c r="C184" s="117">
         <v>4.9151830261848689E-2</v>
       </c>
       <c r="D184" s="117">
         <f t="shared" si="2"/>
         <v>0.117176823349771</v>
       </c>
       <c r="E184" s="491">
         <v>7.4876823349770999E-2</v>
       </c>
       <c r="F184" s="492">
         <v>0.26526547543374851</v>
       </c>
@@ -18832,55 +18821,55 @@
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B224" s="93">
         <f t="shared" si="4"/>
         <v>5.6551788663320543E-2</v>
       </c>
       <c r="C224" s="466">
         <v>9.3761767521845681E-3</v>
       </c>
       <c r="D224" s="466">
         <v>0.25367576019974325</v>
       </c>
       <c r="E224" s="466">
         <f t="shared" si="5"/>
         <v>1.4251788663320544E-2</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="B225" s="92"/>
       <c r="C225" s="92"/>
     </row>
     <row r="226" spans="1:5">
-      <c r="A226" s="654" t="s">
+      <c r="A226" s="659" t="s">
         <v>982</v>
       </c>
-      <c r="B226" s="654"/>
-      <c r="C226" s="654"/>
+      <c r="B226" s="659"/>
+      <c r="C226" s="659"/>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="482"/>
       <c r="B227" s="482" t="s">
         <v>357</v>
       </c>
       <c r="C227" s="482" t="s">
         <v>889</v>
       </c>
       <c r="D227" s="80" t="s">
         <v>130</v>
       </c>
       <c r="E227" s="482" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="228" spans="1:5" ht="14">
       <c r="A228" s="1" t="s">
         <v>972</v>
       </c>
       <c r="B228" s="494">
         <f>B1+E228</f>
         <v>5.9111200000000003E-2</v>
       </c>
       <c r="C228" s="93">
@@ -35050,80 +35039,80 @@
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:V97"/>
   <sheetViews>
     <sheetView topLeftCell="I1" workbookViewId="0">
       <selection activeCell="R44" sqref="R44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="41" customWidth="1"/>
     <col min="3" max="20" width="14.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" s="2" customFormat="1" ht="16">
       <c r="A1" s="343"/>
       <c r="B1" s="148"/>
-      <c r="C1" s="655" t="s">
+      <c r="C1" s="660" t="s">
         <v>812</v>
       </c>
-      <c r="D1" s="655"/>
-[...1 lines deleted...]
-      <c r="F1" s="655" t="s">
+      <c r="D1" s="660"/>
+      <c r="E1" s="660"/>
+      <c r="F1" s="660" t="s">
         <v>813</v>
       </c>
-      <c r="G1" s="655"/>
-[...1 lines deleted...]
-      <c r="I1" s="656" t="s">
+      <c r="G1" s="660"/>
+      <c r="H1" s="660"/>
+      <c r="I1" s="661" t="s">
         <v>814</v>
       </c>
-      <c r="J1" s="656"/>
-[...1 lines deleted...]
-      <c r="L1" s="655" t="s">
+      <c r="J1" s="661"/>
+      <c r="K1" s="661"/>
+      <c r="L1" s="660" t="s">
         <v>533</v>
       </c>
-      <c r="M1" s="655"/>
-      <c r="N1" s="655"/>
+      <c r="M1" s="660"/>
+      <c r="N1" s="660"/>
       <c r="O1" s="495"/>
       <c r="P1" s="148" t="s">
         <v>446</v>
       </c>
       <c r="Q1" s="148"/>
-      <c r="R1" s="655" t="s">
+      <c r="R1" s="660" t="s">
         <v>815</v>
       </c>
-      <c r="S1" s="655"/>
-      <c r="T1" s="655"/>
+      <c r="S1" s="660"/>
+      <c r="T1" s="660"/>
     </row>
     <row r="2" spans="1:22" ht="17">
       <c r="A2" s="341" t="s">
         <v>816</v>
       </c>
       <c r="B2" s="342" t="s">
         <v>817</v>
       </c>
       <c r="C2" s="342" t="s">
         <v>818</v>
       </c>
       <c r="D2" s="342" t="s">
         <v>729</v>
       </c>
       <c r="E2" s="342" t="s">
         <v>730</v>
       </c>
       <c r="F2" s="342" t="s">
         <v>818</v>
       </c>
       <c r="G2" s="342" t="s">
         <v>729</v>
       </c>
       <c r="H2" s="342" t="s">
         <v>730</v>
@@ -41213,82 +41202,82 @@
     <mergeCell ref="L1:N1"/>
     <mergeCell ref="R1:T1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:F45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <cols>
     <col min="1" max="1" width="34" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" style="92" customWidth="1"/>
     <col min="3" max="3" width="19.83203125" style="92" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.1640625" style="92" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
-      <c r="A1" s="658" t="s">
+      <c r="A1" s="663" t="s">
         <v>888</v>
       </c>
-      <c r="B1" s="659"/>
-[...3 lines deleted...]
-      <c r="F1" s="660"/>
+      <c r="B1" s="664"/>
+      <c r="C1" s="664"/>
+      <c r="D1" s="664"/>
+      <c r="E1" s="664"/>
+      <c r="F1" s="665"/>
     </row>
     <row r="2" spans="1:6">
-      <c r="A2" s="661"/>
-[...4 lines deleted...]
-      <c r="F2" s="663"/>
+      <c r="A2" s="666"/>
+      <c r="B2" s="667"/>
+      <c r="C2" s="667"/>
+      <c r="D2" s="667"/>
+      <c r="E2" s="667"/>
+      <c r="F2" s="668"/>
     </row>
     <row r="3" spans="1:6">
-      <c r="A3" s="661"/>
-[...4 lines deleted...]
-      <c r="F3" s="663"/>
+      <c r="A3" s="666"/>
+      <c r="B3" s="667"/>
+      <c r="C3" s="667"/>
+      <c r="D3" s="667"/>
+      <c r="E3" s="667"/>
+      <c r="F3" s="668"/>
     </row>
     <row r="4" spans="1:6" ht="14" thickBot="1">
-      <c r="A4" s="664"/>
-[...4 lines deleted...]
-      <c r="F4" s="666"/>
+      <c r="A4" s="669"/>
+      <c r="B4" s="670"/>
+      <c r="C4" s="670"/>
+      <c r="D4" s="670"/>
+      <c r="E4" s="670"/>
+      <c r="F4" s="671"/>
     </row>
     <row r="6" spans="1:6">
       <c r="B6" s="80" t="s">
         <v>887</v>
       </c>
       <c r="C6" s="80" t="s">
         <v>400</v>
       </c>
       <c r="D6" s="80" t="s">
         <v>401</v>
       </c>
       <c r="E6" s="80" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="14">
       <c r="A7" s="36" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="96">
         <v>15794.34</v>
       </c>
       <c r="C7" s="96">
         <v>7608.13</v>
       </c>
@@ -41480,113 +41469,113 @@
       <c r="B21" s="101"/>
       <c r="C21" s="101"/>
       <c r="D21" s="101"/>
       <c r="E21" s="102"/>
     </row>
     <row r="22" spans="1:5" ht="14">
       <c r="A22" s="35" t="s">
         <v>374</v>
       </c>
       <c r="B22" s="143">
         <v>172.47</v>
       </c>
       <c r="C22" s="99"/>
       <c r="D22" s="99" t="s">
         <v>88</v>
       </c>
       <c r="E22" s="100"/>
     </row>
     <row r="23" spans="1:5" ht="14">
       <c r="A23" s="35" t="s">
         <v>375</v>
       </c>
       <c r="B23" s="143">
         <v>139.4</v>
       </c>
-      <c r="C23" s="657" t="s">
+      <c r="C23" s="662" t="s">
         <v>530</v>
       </c>
       <c r="D23" s="99" t="s">
         <v>88</v>
       </c>
       <c r="E23" s="100"/>
     </row>
     <row r="24" spans="1:5" ht="14">
       <c r="A24" s="35" t="s">
         <v>376</v>
       </c>
       <c r="B24" s="143">
         <v>145.18</v>
       </c>
-      <c r="C24" s="657"/>
+      <c r="C24" s="662"/>
       <c r="D24" s="99" t="s">
         <v>88</v>
       </c>
       <c r="E24" s="100"/>
     </row>
     <row r="25" spans="1:5" ht="14">
       <c r="A25" s="35" t="s">
         <v>377</v>
       </c>
       <c r="B25" s="143">
         <v>156.53</v>
       </c>
-      <c r="C25" s="657"/>
+      <c r="C25" s="662"/>
       <c r="D25" s="99" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="100"/>
     </row>
     <row r="26" spans="1:5" ht="14">
       <c r="A26" s="35" t="s">
         <v>378</v>
       </c>
       <c r="B26" s="143">
         <v>151.19999999999999</v>
       </c>
-      <c r="C26" s="657"/>
+      <c r="C26" s="662"/>
       <c r="D26" s="99" t="s">
         <v>88</v>
       </c>
       <c r="E26" s="100"/>
     </row>
     <row r="27" spans="1:5" ht="14">
       <c r="A27" s="35" t="s">
         <v>379</v>
       </c>
       <c r="B27" s="142">
         <v>943.63</v>
       </c>
-      <c r="C27" s="657"/>
+      <c r="C27" s="662"/>
       <c r="D27" s="99" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="100"/>
     </row>
     <row r="28" spans="1:5">
       <c r="B28" s="94"/>
-      <c r="C28" s="657"/>
+      <c r="C28" s="662"/>
     </row>
     <row r="30" spans="1:5" ht="14">
       <c r="A30" s="35" t="s">
         <v>529</v>
       </c>
       <c r="B30" s="141">
         <v>107</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="D34" s="96">
         <v>75872</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="D35" s="96">
         <v>2404</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="D36" s="96">
         <v>24171</v>
       </c>
     </row>
     <row r="37" spans="1:5">
@@ -42682,115 +42671,115 @@
       <c r="A25" s="30" t="s">
         <v>367</v>
       </c>
       <c r="B25" s="43">
         <f>IF('Input sheet'!B17="Yes",'Input sheet'!B15+'Operating lease converter'!C28,'Input sheet'!B15)</f>
         <v>45063</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="30" t="s">
         <v>369</v>
       </c>
       <c r="B26" s="43">
         <f>'Input sheet'!B20</f>
         <v>1558</v>
       </c>
     </row>
     <row r="27" spans="1:13" ht="16" customHeight="1">
       <c r="A27" s="30" t="s">
         <v>366</v>
       </c>
       <c r="B27" s="43">
         <f>IF('Input sheet'!B70="YES",'Input sheet'!B18-'Input sheet'!B71*('Input sheet'!B24-'Input sheet'!B72),'Input sheet'!B18)</f>
         <v>19000</v>
       </c>
-      <c r="D27" s="521" t="s">
+      <c r="D27" s="526" t="s">
         <v>968</v>
       </c>
-      <c r="E27" s="521"/>
-      <c r="F27" s="521"/>
+      <c r="E27" s="526"/>
+      <c r="F27" s="526"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="30" t="s">
         <v>365</v>
       </c>
       <c r="B28" s="43">
         <f>'Input sheet'!B19</f>
         <v>21119</v>
       </c>
-      <c r="D28" s="521"/>
-[...1 lines deleted...]
-      <c r="F28" s="521"/>
+      <c r="D28" s="526"/>
+      <c r="E28" s="526"/>
+      <c r="F28" s="526"/>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="30" t="s">
         <v>45</v>
       </c>
       <c r="B29" s="50">
         <f>B24-B25-B26+B27+B28</f>
         <v>31015.530765318021</v>
       </c>
-      <c r="D29" s="521"/>
-[...1 lines deleted...]
-      <c r="F29" s="521"/>
+      <c r="D29" s="526"/>
+      <c r="E29" s="526"/>
+      <c r="F29" s="526"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="30" t="s">
         <v>50</v>
       </c>
       <c r="B30" s="53">
         <f>IF('Input sheet'!B37="No",0,'Option value'!B29)</f>
         <v>0</v>
       </c>
-      <c r="D30" s="521"/>
-[...1 lines deleted...]
-      <c r="F30" s="521"/>
+      <c r="D30" s="526"/>
+      <c r="E30" s="526"/>
+      <c r="F30" s="526"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="30" t="s">
         <v>51</v>
       </c>
       <c r="B31" s="50">
         <f>B29-B30</f>
         <v>31015.530765318021</v>
       </c>
-      <c r="D31" s="521"/>
-[...1 lines deleted...]
-      <c r="F31" s="521"/>
+      <c r="D31" s="526"/>
+      <c r="E31" s="526"/>
+      <c r="F31" s="526"/>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="30" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="54">
         <f>'Input sheet'!B21</f>
         <v>4315</v>
       </c>
-      <c r="D32" s="521"/>
-[...1 lines deleted...]
-      <c r="F32" s="521"/>
+      <c r="D32" s="526"/>
+      <c r="E32" s="526"/>
+      <c r="F32" s="526"/>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="30" t="s">
         <v>85</v>
       </c>
       <c r="B33" s="55">
         <f>B31/B32</f>
         <v>7.1878402700621136</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="30" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="43">
         <f>'Input sheet'!B22</f>
         <v>72.28</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="30" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="46">
         <f>B34/B33</f>
@@ -42978,954 +42967,954 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView zoomScale="116" zoomScaleNormal="116" workbookViewId="0">
       <selection activeCell="E36" sqref="E36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="20.33203125" style="130" customWidth="1"/>
     <col min="2" max="2" width="19.5" style="130" customWidth="1"/>
     <col min="3" max="3" width="17.6640625" style="130" customWidth="1"/>
     <col min="4" max="4" width="16.5" style="130" customWidth="1"/>
     <col min="5" max="5" width="19.1640625" style="130" customWidth="1"/>
     <col min="6" max="6" width="24.6640625" style="132" customWidth="1"/>
     <col min="7" max="7" width="37.33203125" style="130" customWidth="1"/>
     <col min="8" max="8" width="17" customWidth="1"/>
     <col min="13" max="13" width="12.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
-      <c r="A1" s="522" t="str">
+      <c r="A1" s="527" t="str">
         <f>'Input sheet'!B4</f>
         <v>Almarai</v>
       </c>
-      <c r="B1" s="523"/>
-[...3 lines deleted...]
-      <c r="F1" s="524"/>
+      <c r="B1" s="528"/>
+      <c r="C1" s="528"/>
+      <c r="D1" s="528"/>
+      <c r="E1" s="528"/>
+      <c r="F1" s="529"/>
       <c r="G1" s="149">
         <f>'Input sheet'!B3</f>
         <v>44592</v>
       </c>
     </row>
     <row r="2" spans="1:11">
-      <c r="A2" s="569" t="s">
+      <c r="A2" s="574" t="s">
         <v>629</v>
       </c>
-      <c r="B2" s="569"/>
-[...4 lines deleted...]
-      <c r="G2" s="569"/>
+      <c r="B2" s="574"/>
+      <c r="C2" s="574"/>
+      <c r="D2" s="574"/>
+      <c r="E2" s="574"/>
+      <c r="F2" s="574"/>
+      <c r="G2" s="574"/>
     </row>
     <row r="3" spans="1:11" ht="16" customHeight="1">
-      <c r="A3" s="529" t="s">
+      <c r="A3" s="534" t="s">
         <v>630</v>
       </c>
-      <c r="B3" s="530"/>
-[...5 lines deleted...]
-      <c r="H3" s="538" t="s">
+      <c r="B3" s="535"/>
+      <c r="C3" s="535"/>
+      <c r="D3" s="535"/>
+      <c r="E3" s="535"/>
+      <c r="F3" s="535"/>
+      <c r="G3" s="536"/>
+      <c r="H3" s="543" t="s">
         <v>521</v>
       </c>
-      <c r="I3" s="539"/>
-[...1 lines deleted...]
-      <c r="K3" s="540"/>
+      <c r="I3" s="544"/>
+      <c r="J3" s="544"/>
+      <c r="K3" s="545"/>
     </row>
     <row r="4" spans="1:11" ht="16" customHeight="1">
-      <c r="A4" s="532"/>
-[...9 lines deleted...]
-      <c r="K4" s="543"/>
+      <c r="A4" s="537"/>
+      <c r="B4" s="538"/>
+      <c r="C4" s="538"/>
+      <c r="D4" s="538"/>
+      <c r="E4" s="538"/>
+      <c r="F4" s="538"/>
+      <c r="G4" s="539"/>
+      <c r="H4" s="546"/>
+      <c r="I4" s="547"/>
+      <c r="J4" s="547"/>
+      <c r="K4" s="548"/>
     </row>
     <row r="5" spans="1:11" ht="12" customHeight="1">
-      <c r="A5" s="532"/>
-[...9 lines deleted...]
-      <c r="K5" s="543"/>
+      <c r="A5" s="537"/>
+      <c r="B5" s="538"/>
+      <c r="C5" s="538"/>
+      <c r="D5" s="538"/>
+      <c r="E5" s="538"/>
+      <c r="F5" s="538"/>
+      <c r="G5" s="539"/>
+      <c r="H5" s="546"/>
+      <c r="I5" s="547"/>
+      <c r="J5" s="547"/>
+      <c r="K5" s="548"/>
     </row>
     <row r="6" spans="1:11" ht="17" customHeight="1">
-      <c r="A6" s="535"/>
-[...9 lines deleted...]
-      <c r="K6" s="546"/>
+      <c r="A6" s="540"/>
+      <c r="B6" s="541"/>
+      <c r="C6" s="541"/>
+      <c r="D6" s="541"/>
+      <c r="E6" s="541"/>
+      <c r="F6" s="541"/>
+      <c r="G6" s="542"/>
+      <c r="H6" s="549"/>
+      <c r="I6" s="550"/>
+      <c r="J6" s="550"/>
+      <c r="K6" s="551"/>
     </row>
     <row r="7" spans="1:11">
-      <c r="A7" s="570" t="s">
+      <c r="A7" s="575" t="s">
         <v>501</v>
       </c>
-      <c r="B7" s="571"/>
-[...4 lines deleted...]
-      <c r="G7" s="572"/>
+      <c r="B7" s="576"/>
+      <c r="C7" s="576"/>
+      <c r="D7" s="576"/>
+      <c r="E7" s="576"/>
+      <c r="F7" s="576"/>
+      <c r="G7" s="577"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="115"/>
       <c r="B8" s="112" t="s">
         <v>502</v>
       </c>
       <c r="C8" s="170" t="s">
         <v>620</v>
       </c>
       <c r="D8" s="113" t="s">
         <v>618</v>
       </c>
       <c r="E8" s="112" t="s">
         <v>503</v>
       </c>
       <c r="F8" s="112" t="s">
         <v>36</v>
       </c>
       <c r="G8" s="114" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="116" t="s">
         <v>511</v>
       </c>
       <c r="B9" s="162">
         <f>'Valuation output'!B3</f>
         <v>21765.4</v>
       </c>
       <c r="C9" s="171">
         <f>'Input sheet'!B26</f>
         <v>0.05</v>
       </c>
       <c r="D9" s="152">
         <f>'Input sheet'!B28</f>
         <v>0.05</v>
       </c>
       <c r="E9" s="152" t="s">
         <v>858</v>
       </c>
       <c r="F9" s="117">
         <f>'Valuation output'!M2</f>
         <v>4.58E-2</v>
       </c>
       <c r="G9" s="239" t="s">
         <v>631</v>
       </c>
-      <c r="H9" s="547" t="s">
+      <c r="H9" s="552" t="s">
         <v>522</v>
       </c>
-      <c r="I9" s="548"/>
-[...1 lines deleted...]
-      <c r="K9" s="549"/>
+      <c r="I9" s="553"/>
+      <c r="J9" s="553"/>
+      <c r="K9" s="554"/>
     </row>
     <row r="10" spans="1:11" ht="34">
       <c r="A10" s="116" t="s">
         <v>512</v>
       </c>
       <c r="B10" s="117">
         <f>'Valuation output'!B4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="C10" s="171">
         <f>'Input sheet'!B27</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D10" s="153" t="s">
         <v>859</v>
       </c>
       <c r="E10" s="154">
         <f>'Valuation output'!G4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="F10" s="117">
         <f>'Valuation output'!M4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="G10" s="240" t="s">
         <v>632</v>
       </c>
-      <c r="H10" s="550"/>
-[...2 lines deleted...]
-      <c r="K10" s="552"/>
+      <c r="H10" s="555"/>
+      <c r="I10" s="556"/>
+      <c r="J10" s="556"/>
+      <c r="K10" s="557"/>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="116" t="s">
         <v>130</v>
       </c>
       <c r="B11" s="117">
         <f>'Valuation output'!B6</f>
         <v>0.17499999999999999</v>
       </c>
       <c r="C11" s="172"/>
       <c r="D11" s="152">
         <f>B11</f>
         <v>0.17499999999999999</v>
       </c>
       <c r="E11" s="152" t="s">
         <v>858</v>
       </c>
       <c r="F11" s="117">
         <f>'Valuation output'!M6</f>
         <v>0.25</v>
       </c>
       <c r="G11" s="241" t="s">
         <v>633</v>
       </c>
-      <c r="H11" s="550"/>
-[...2 lines deleted...]
-      <c r="K11" s="552"/>
+      <c r="H11" s="555"/>
+      <c r="I11" s="556"/>
+      <c r="J11" s="556"/>
+      <c r="K11" s="557"/>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="116" t="s">
         <v>860</v>
       </c>
       <c r="B12" s="118"/>
       <c r="C12" s="173">
         <f>'Input sheet'!B31</f>
         <v>1.7085376710318929</v>
       </c>
       <c r="D12" s="151">
         <f>'Input sheet'!B31</f>
         <v>1.7085376710318929</v>
       </c>
       <c r="E12" s="150">
         <f>'Input sheet'!B32</f>
         <v>1.7085376710318929</v>
       </c>
       <c r="F12" s="119">
         <f>'Valuation output'!M2/'Valuation output'!M40</f>
         <v>0.51986379114642467</v>
       </c>
       <c r="G12" s="241" t="s">
         <v>825</v>
       </c>
-      <c r="H12" s="550"/>
-[...2 lines deleted...]
-      <c r="K12" s="552"/>
+      <c r="H12" s="555"/>
+      <c r="I12" s="556"/>
+      <c r="J12" s="556"/>
+      <c r="K12" s="557"/>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="133" t="s">
         <v>524</v>
       </c>
       <c r="B13" s="135">
         <f>'Valuation output'!B40</f>
         <v>6.8749999999999992E-2</v>
       </c>
       <c r="C13" s="117" t="s">
         <v>525</v>
       </c>
-      <c r="D13" s="567">
+      <c r="D13" s="572">
         <f>Diagnostics!C27</f>
         <v>0.144994867671038</v>
       </c>
-      <c r="E13" s="568"/>
+      <c r="E13" s="573"/>
       <c r="F13" s="134">
         <f>'Valuation output'!M40</f>
         <v>8.809999999999997E-2</v>
       </c>
       <c r="G13" s="242" t="s">
         <v>826</v>
       </c>
-      <c r="H13" s="550"/>
-[...2 lines deleted...]
-      <c r="K13" s="552"/>
+      <c r="H13" s="555"/>
+      <c r="I13" s="556"/>
+      <c r="J13" s="556"/>
+      <c r="K13" s="557"/>
     </row>
     <row r="14" spans="1:11" ht="17" thickBot="1">
       <c r="A14" s="120" t="s">
         <v>513</v>
       </c>
       <c r="B14" s="136"/>
       <c r="C14" s="118"/>
       <c r="D14" s="153">
         <f>'Valuation output'!C12</f>
         <v>7.0550157406465405E-2</v>
       </c>
       <c r="E14" s="154"/>
       <c r="F14" s="121">
         <f>'Valuation output'!M12</f>
         <v>8.8099999999999998E-2</v>
       </c>
       <c r="G14" s="243" t="s">
         <v>634</v>
       </c>
-      <c r="H14" s="553"/>
-[...2 lines deleted...]
-      <c r="K14" s="555"/>
+      <c r="H14" s="558"/>
+      <c r="I14" s="559"/>
+      <c r="J14" s="559"/>
+      <c r="K14" s="560"/>
     </row>
     <row r="15" spans="1:11" ht="17" thickBot="1">
-      <c r="A15" s="573" t="s">
+      <c r="A15" s="578" t="s">
         <v>505</v>
       </c>
-      <c r="B15" s="573"/>
-[...4 lines deleted...]
-      <c r="G15" s="573"/>
+      <c r="B15" s="578"/>
+      <c r="C15" s="578"/>
+      <c r="D15" s="578"/>
+      <c r="E15" s="578"/>
+      <c r="F15" s="578"/>
+      <c r="G15" s="578"/>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="111"/>
       <c r="B16" s="159" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="159" t="s">
         <v>504</v>
       </c>
       <c r="D16" s="160" t="s">
         <v>516</v>
       </c>
       <c r="E16" s="160" t="s">
         <v>506</v>
       </c>
       <c r="F16" s="160" t="s">
         <v>514</v>
       </c>
       <c r="G16" s="161" t="s">
         <v>10</v>
       </c>
-      <c r="H16" s="556" t="s">
+      <c r="H16" s="561" t="s">
         <v>523</v>
       </c>
-      <c r="I16" s="557"/>
-[...1 lines deleted...]
-      <c r="K16" s="558"/>
+      <c r="I16" s="562"/>
+      <c r="J16" s="562"/>
+      <c r="K16" s="563"/>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="122">
         <v>1</v>
       </c>
       <c r="B17" s="162">
         <f>'Valuation output'!C3</f>
         <v>22853.670000000002</v>
       </c>
       <c r="C17" s="123">
         <f>'Valuation output'!C4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D17" s="162">
         <f>B17*C17</f>
         <v>3213.9450000000002</v>
       </c>
       <c r="E17" s="162">
         <f>'Valuation output'!C7</f>
         <v>2651.504625</v>
       </c>
       <c r="F17" s="162">
         <f>'Valuation output'!C8</f>
         <v>668.80790477968492</v>
       </c>
       <c r="G17" s="164">
         <f>E17-F17</f>
         <v>1982.696720220315</v>
       </c>
-      <c r="H17" s="559"/>
-[...2 lines deleted...]
-      <c r="K17" s="561"/>
+      <c r="H17" s="564"/>
+      <c r="I17" s="565"/>
+      <c r="J17" s="565"/>
+      <c r="K17" s="566"/>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="122">
         <v>2</v>
       </c>
       <c r="B18" s="162">
         <f>'Valuation output'!D3</f>
         <v>23996.353500000005</v>
       </c>
       <c r="C18" s="123">
         <f>'Valuation output'!D4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D18" s="162">
         <f t="shared" ref="D18:D27" si="0">B18*C18</f>
         <v>3374.6422500000003</v>
       </c>
       <c r="E18" s="162">
         <f>'Valuation output'!D7</f>
         <v>2784.0798562500004</v>
       </c>
       <c r="F18" s="162">
         <f>'Valuation output'!D8</f>
         <v>702.2483000186686</v>
       </c>
       <c r="G18" s="164">
         <f t="shared" ref="G18:G27" si="1">E18-F18</f>
         <v>2081.8315562313319</v>
       </c>
-      <c r="H18" s="559"/>
-[...2 lines deleted...]
-      <c r="K18" s="561"/>
+      <c r="H18" s="564"/>
+      <c r="I18" s="565"/>
+      <c r="J18" s="565"/>
+      <c r="K18" s="566"/>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="122">
         <v>3</v>
       </c>
       <c r="B19" s="162">
         <f>'Valuation output'!E3</f>
         <v>25196.171175000007</v>
       </c>
       <c r="C19" s="123">
         <f>'Valuation output'!E4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D19" s="162">
         <f t="shared" si="0"/>
         <v>3543.3743625000006</v>
       </c>
       <c r="E19" s="162">
         <f>'Valuation output'!E7</f>
         <v>2923.2838490625008</v>
       </c>
       <c r="F19" s="162">
         <f>'Valuation output'!E8</f>
         <v>737.36071501960237</v>
       </c>
       <c r="G19" s="164">
         <f t="shared" si="1"/>
         <v>2185.9231340428987</v>
       </c>
-      <c r="H19" s="559"/>
-[...2 lines deleted...]
-      <c r="K19" s="561"/>
+      <c r="H19" s="564"/>
+      <c r="I19" s="565"/>
+      <c r="J19" s="565"/>
+      <c r="K19" s="566"/>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="122">
         <v>4</v>
       </c>
       <c r="B20" s="162">
         <f>'Valuation output'!F3</f>
         <v>26455.979733750009</v>
       </c>
       <c r="C20" s="123">
         <f>'Valuation output'!F4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D20" s="162">
         <f t="shared" si="0"/>
         <v>3720.543080625001</v>
       </c>
       <c r="E20" s="162">
         <f>'Valuation output'!F7</f>
         <v>3069.4480415156258</v>
       </c>
       <c r="F20" s="162">
         <f>'Valuation output'!F8</f>
         <v>774.22875077058268</v>
       </c>
       <c r="G20" s="164">
         <f t="shared" si="1"/>
         <v>2295.2192907450431</v>
       </c>
-      <c r="H20" s="559"/>
-[...2 lines deleted...]
-      <c r="K20" s="561"/>
+      <c r="H20" s="564"/>
+      <c r="I20" s="565"/>
+      <c r="J20" s="565"/>
+      <c r="K20" s="566"/>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="122">
         <v>5</v>
       </c>
       <c r="B21" s="162">
         <f>'Valuation output'!G3</f>
         <v>27778.778720437513</v>
       </c>
       <c r="C21" s="123">
         <f>'Valuation output'!G4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D21" s="162">
         <f t="shared" si="0"/>
         <v>3906.5702346562516</v>
       </c>
       <c r="E21" s="162">
         <f>'Valuation output'!G7</f>
         <v>3222.9204435914075</v>
       </c>
       <c r="F21" s="162">
         <f>'Valuation output'!G8</f>
         <v>799.28279314551799</v>
       </c>
       <c r="G21" s="164">
         <f t="shared" si="1"/>
         <v>2423.6376504458894</v>
       </c>
-      <c r="H21" s="559"/>
-[...2 lines deleted...]
-      <c r="K21" s="561"/>
+      <c r="H21" s="564"/>
+      <c r="I21" s="565"/>
+      <c r="J21" s="565"/>
+      <c r="K21" s="566"/>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="122">
         <v>6</v>
       </c>
       <c r="B22" s="162">
         <f>'Valuation output'!H3</f>
         <v>29144.383482334222</v>
       </c>
       <c r="C22" s="123">
         <f>'Valuation output'!H4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D22" s="162">
         <f t="shared" si="0"/>
         <v>4098.6172273919528</v>
       </c>
       <c r="E22" s="162">
         <f>'Valuation output'!H7</f>
         <v>3319.8799541874819</v>
       </c>
       <c r="F22" s="162">
         <f>'Valuation output'!H8</f>
         <v>824.24674254671481</v>
       </c>
       <c r="G22" s="164">
         <f t="shared" si="1"/>
         <v>2495.6332116407671</v>
       </c>
-      <c r="H22" s="559"/>
-[...2 lines deleted...]
-      <c r="K22" s="561"/>
+      <c r="H22" s="564"/>
+      <c r="I22" s="565"/>
+      <c r="J22" s="565"/>
+      <c r="K22" s="566"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="122">
         <v>7</v>
       </c>
       <c r="B23" s="162">
         <f>'Valuation output'!I3</f>
         <v>30552.640092200611</v>
       </c>
       <c r="C23" s="123">
         <f>'Valuation output'!I4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D23" s="162">
         <f t="shared" si="0"/>
         <v>4296.6624118195323</v>
       </c>
       <c r="E23" s="162">
         <f>'Valuation output'!I7</f>
         <v>3415.846617396528</v>
       </c>
       <c r="F23" s="162">
         <f>'Valuation output'!I8</f>
         <v>849.05318517299747</v>
       </c>
       <c r="G23" s="164">
         <f t="shared" si="1"/>
         <v>2566.7934322235305</v>
       </c>
-      <c r="H23" s="559"/>
-[...2 lines deleted...]
-      <c r="K23" s="561"/>
+      <c r="H23" s="564"/>
+      <c r="I23" s="565"/>
+      <c r="J23" s="565"/>
+      <c r="K23" s="566"/>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="122">
         <v>8</v>
       </c>
       <c r="B24" s="162">
         <f>'Valuation output'!J3</f>
         <v>32003.279443778294</v>
       </c>
       <c r="C24" s="123">
         <f>'Valuation output'!J4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D24" s="162">
         <f t="shared" si="0"/>
         <v>4500.6679431327229</v>
       </c>
       <c r="E24" s="162">
         <f>'Valuation output'!J7</f>
         <v>3510.5209956435237</v>
       </c>
       <c r="F24" s="162">
         <f>'Valuation output'!J8</f>
         <v>873.63186575589054</v>
       </c>
       <c r="G24" s="164">
         <f t="shared" si="1"/>
         <v>2636.8891298876333</v>
       </c>
-      <c r="H24" s="559"/>
-[...2 lines deleted...]
-      <c r="K24" s="561"/>
+      <c r="H24" s="564"/>
+      <c r="I24" s="565"/>
+      <c r="J24" s="565"/>
+      <c r="K24" s="566"/>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="122">
         <v>9</v>
       </c>
       <c r="B25" s="162">
         <f>'Valuation output'!K3</f>
         <v>33495.912397036111</v>
       </c>
       <c r="C25" s="123">
         <f>'Valuation output'!K4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D25" s="162">
         <f t="shared" si="0"/>
         <v>4710.5790960004333</v>
       </c>
       <c r="E25" s="162">
         <f>'Valuation output'!K7</f>
         <v>3603.5930084403312</v>
       </c>
       <c r="F25" s="162">
         <f>'Valuation output'!K8</f>
         <v>897.90984055839533</v>
       </c>
       <c r="G25" s="164">
         <f t="shared" si="1"/>
         <v>2705.6831678819358</v>
       </c>
-      <c r="H25" s="559"/>
-[...2 lines deleted...]
-      <c r="K25" s="561"/>
+      <c r="H25" s="564"/>
+      <c r="I25" s="565"/>
+      <c r="J25" s="565"/>
+      <c r="K25" s="566"/>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="122">
         <v>10</v>
       </c>
       <c r="B26" s="162">
         <f>'Valuation output'!L3</f>
         <v>35030.02518482037</v>
       </c>
       <c r="C26" s="123">
         <f>'Valuation output'!L4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D26" s="162">
         <f t="shared" si="0"/>
         <v>4926.3236185972537</v>
       </c>
       <c r="E26" s="162">
         <f>'Valuation output'!L7</f>
         <v>3694.74271394794</v>
       </c>
       <c r="F26" s="162">
         <f>'Valuation output'!L8</f>
         <v>939.03411125596767</v>
       </c>
       <c r="G26" s="164">
         <f t="shared" si="1"/>
         <v>2755.7086026919724</v>
       </c>
-      <c r="H26" s="559"/>
-[...2 lines deleted...]
-      <c r="K26" s="561"/>
+      <c r="H26" s="564"/>
+      <c r="I26" s="565"/>
+      <c r="J26" s="565"/>
+      <c r="K26" s="566"/>
     </row>
     <row r="27" spans="1:11" ht="17" thickBot="1">
       <c r="A27" s="124" t="s">
         <v>38</v>
       </c>
       <c r="B27" s="163">
         <f>'Valuation output'!M3</f>
         <v>36634.400338285144</v>
       </c>
       <c r="C27" s="125">
         <f>'Valuation output'!M4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="D27" s="162">
         <f t="shared" si="0"/>
         <v>5151.9492403290078</v>
       </c>
       <c r="E27" s="163">
         <f>'Valuation output'!M7</f>
         <v>3863.9619302467559</v>
       </c>
       <c r="F27" s="163">
         <f>'Valuation output'!M8</f>
         <v>2008.7338979035353</v>
       </c>
       <c r="G27" s="164">
         <f t="shared" si="1"/>
         <v>1855.2280323432205</v>
       </c>
-      <c r="H27" s="562"/>
-[...2 lines deleted...]
-      <c r="K27" s="564"/>
+      <c r="H27" s="567"/>
+      <c r="I27" s="568"/>
+      <c r="J27" s="568"/>
+      <c r="K27" s="569"/>
     </row>
     <row r="28" spans="1:11" ht="17" thickBot="1">
-      <c r="A28" s="573" t="s">
+      <c r="A28" s="578" t="s">
         <v>507</v>
       </c>
-      <c r="B28" s="573"/>
-[...4 lines deleted...]
-      <c r="G28" s="573"/>
+      <c r="B28" s="578"/>
+      <c r="C28" s="578"/>
+      <c r="D28" s="578"/>
+      <c r="E28" s="578"/>
+      <c r="F28" s="578"/>
+      <c r="G28" s="578"/>
     </row>
     <row r="29" spans="1:11">
-      <c r="A29" s="527" t="s">
+      <c r="A29" s="532" t="s">
         <v>508</v>
       </c>
-      <c r="B29" s="528"/>
-      <c r="C29" s="528"/>
+      <c r="B29" s="533"/>
+      <c r="C29" s="533"/>
       <c r="D29" s="433">
         <f>'Valuation output'!B18</f>
         <v>43858.818731518222</v>
       </c>
       <c r="E29" s="126"/>
       <c r="F29" s="127"/>
       <c r="G29" s="128"/>
-      <c r="H29" s="565" t="s">
+      <c r="H29" s="570" t="s">
         <v>526</v>
       </c>
-      <c r="I29" s="551"/>
-[...1 lines deleted...]
-      <c r="K29" s="551"/>
+      <c r="I29" s="556"/>
+      <c r="J29" s="556"/>
+      <c r="K29" s="556"/>
     </row>
     <row r="30" spans="1:11">
-      <c r="A30" s="525" t="s">
+      <c r="A30" s="530" t="s">
         <v>509</v>
       </c>
-      <c r="B30" s="526"/>
-      <c r="C30" s="526"/>
+      <c r="B30" s="531"/>
+      <c r="C30" s="531"/>
       <c r="D30" s="433">
         <f>'Valuation output'!B19</f>
         <v>21122.991836222696</v>
       </c>
       <c r="E30" s="129"/>
       <c r="F30" s="130"/>
       <c r="G30" s="131"/>
-      <c r="H30" s="565"/>
-[...2 lines deleted...]
-      <c r="K30" s="551"/>
+      <c r="H30" s="570"/>
+      <c r="I30" s="556"/>
+      <c r="J30" s="556"/>
+      <c r="K30" s="556"/>
     </row>
     <row r="31" spans="1:11">
-      <c r="A31" s="525" t="s">
+      <c r="A31" s="530" t="s">
         <v>39</v>
       </c>
-      <c r="B31" s="526"/>
-      <c r="C31" s="526"/>
+      <c r="B31" s="531"/>
+      <c r="C31" s="531"/>
       <c r="D31" s="433">
         <f>'Valuation output'!B20</f>
         <v>16394.538929095321</v>
       </c>
       <c r="E31" s="129"/>
       <c r="F31" s="130"/>
       <c r="G31" s="131"/>
-      <c r="H31" s="565"/>
-[...2 lines deleted...]
-      <c r="K31" s="551"/>
+      <c r="H31" s="570"/>
+      <c r="I31" s="556"/>
+      <c r="J31" s="556"/>
+      <c r="K31" s="556"/>
     </row>
     <row r="32" spans="1:11">
-      <c r="A32" s="525" t="s">
+      <c r="A32" s="530" t="s">
         <v>37</v>
       </c>
-      <c r="B32" s="526"/>
-      <c r="C32" s="526"/>
+      <c r="B32" s="531"/>
+      <c r="C32" s="531"/>
       <c r="D32" s="433">
         <f>'Valuation output'!B21</f>
         <v>37517.530765318021</v>
       </c>
       <c r="E32" s="129"/>
       <c r="F32" s="130"/>
       <c r="G32" s="131"/>
-      <c r="H32" s="565"/>
-[...2 lines deleted...]
-      <c r="K32" s="551"/>
+      <c r="H32" s="570"/>
+      <c r="I32" s="556"/>
+      <c r="J32" s="556"/>
+      <c r="K32" s="556"/>
     </row>
     <row r="33" spans="1:13">
-      <c r="A33" s="525" t="s">
+      <c r="A33" s="530" t="s">
         <v>517</v>
       </c>
-      <c r="B33" s="526"/>
-      <c r="C33" s="526"/>
+      <c r="B33" s="531"/>
+      <c r="C33" s="531"/>
       <c r="D33" s="433">
         <f>D32-'Valuation output'!B24</f>
         <v>0</v>
       </c>
-      <c r="E33" s="566" t="s">
+      <c r="E33" s="571" t="s">
         <v>100</v>
       </c>
-      <c r="F33" s="566"/>
+      <c r="F33" s="571"/>
       <c r="G33" s="384">
         <f>'Valuation output'!B22</f>
         <v>0</v>
       </c>
-      <c r="H33" s="551"/>
-[...2 lines deleted...]
-      <c r="K33" s="551"/>
+      <c r="H33" s="556"/>
+      <c r="I33" s="556"/>
+      <c r="J33" s="556"/>
+      <c r="K33" s="556"/>
     </row>
     <row r="34" spans="1:13">
-      <c r="A34" s="525" t="s">
+      <c r="A34" s="530" t="s">
         <v>605</v>
       </c>
-      <c r="B34" s="526"/>
-      <c r="C34" s="526"/>
+      <c r="B34" s="531"/>
+      <c r="C34" s="531"/>
       <c r="D34" s="433">
         <f>'Valuation output'!B25+'Valuation output'!B26</f>
         <v>46621</v>
       </c>
       <c r="E34" s="129"/>
       <c r="F34" s="130"/>
       <c r="G34" s="131"/>
-      <c r="H34" s="565"/>
-[...2 lines deleted...]
-      <c r="K34" s="551"/>
+      <c r="H34" s="570"/>
+      <c r="I34" s="556"/>
+      <c r="J34" s="556"/>
+      <c r="K34" s="556"/>
     </row>
     <row r="35" spans="1:13">
-      <c r="A35" s="525" t="s">
+      <c r="A35" s="530" t="s">
         <v>518</v>
       </c>
-      <c r="B35" s="526"/>
-      <c r="C35" s="526"/>
+      <c r="B35" s="531"/>
+      <c r="C35" s="531"/>
       <c r="D35" s="433">
         <f>'Valuation output'!B27+'Valuation output'!B28</f>
         <v>40119</v>
       </c>
       <c r="E35" s="129"/>
       <c r="F35" s="130"/>
       <c r="G35" s="131"/>
-      <c r="H35" s="565"/>
-[...2 lines deleted...]
-      <c r="K35" s="551"/>
+      <c r="H35" s="570"/>
+      <c r="I35" s="556"/>
+      <c r="J35" s="556"/>
+      <c r="K35" s="556"/>
     </row>
     <row r="36" spans="1:13">
-      <c r="A36" s="525" t="s">
+      <c r="A36" s="530" t="s">
         <v>45</v>
       </c>
-      <c r="B36" s="526"/>
-      <c r="C36" s="526"/>
+      <c r="B36" s="531"/>
+      <c r="C36" s="531"/>
       <c r="D36" s="433">
         <f>D32-D33-D34+D35</f>
         <v>31015.530765318021</v>
       </c>
       <c r="E36" s="129"/>
       <c r="F36" s="130"/>
       <c r="G36" s="131"/>
-      <c r="H36" s="565"/>
-[...2 lines deleted...]
-      <c r="K36" s="551"/>
+      <c r="H36" s="570"/>
+      <c r="I36" s="556"/>
+      <c r="J36" s="556"/>
+      <c r="K36" s="556"/>
     </row>
     <row r="37" spans="1:13">
-      <c r="A37" s="525" t="s">
+      <c r="A37" s="530" t="s">
         <v>519</v>
       </c>
-      <c r="B37" s="526"/>
-      <c r="C37" s="526"/>
+      <c r="B37" s="531"/>
+      <c r="C37" s="531"/>
       <c r="D37" s="433">
         <f>'Valuation output'!B30</f>
         <v>0</v>
       </c>
       <c r="E37" s="129"/>
       <c r="F37" s="130"/>
       <c r="G37" s="131"/>
-      <c r="H37" s="565"/>
-[...2 lines deleted...]
-      <c r="K37" s="551"/>
+      <c r="H37" s="570"/>
+      <c r="I37" s="556"/>
+      <c r="J37" s="556"/>
+      <c r="K37" s="556"/>
     </row>
     <row r="38" spans="1:13" ht="17" thickBot="1">
-      <c r="A38" s="578" t="s">
+      <c r="A38" s="583" t="s">
         <v>515</v>
       </c>
-      <c r="B38" s="579"/>
-      <c r="C38" s="580"/>
+      <c r="B38" s="584"/>
+      <c r="C38" s="585"/>
       <c r="D38" s="434">
         <f>'Valuation output'!B32</f>
         <v>4315</v>
       </c>
       <c r="G38" s="131"/>
-      <c r="H38" s="565"/>
-[...2 lines deleted...]
-      <c r="K38" s="551"/>
+      <c r="H38" s="570"/>
+      <c r="I38" s="556"/>
+      <c r="J38" s="556"/>
+      <c r="K38" s="556"/>
     </row>
     <row r="39" spans="1:13" ht="17" thickBot="1">
-      <c r="A39" s="574" t="s">
+      <c r="A39" s="579" t="s">
         <v>495</v>
       </c>
-      <c r="B39" s="575"/>
-      <c r="C39" s="576"/>
+      <c r="B39" s="580"/>
+      <c r="C39" s="581"/>
       <c r="D39" s="433">
         <f>(D36-D37)/D38</f>
         <v>7.1878402700621136</v>
       </c>
-      <c r="E39" s="577" t="s">
+      <c r="E39" s="582" t="s">
         <v>520</v>
       </c>
-      <c r="F39" s="577"/>
+      <c r="F39" s="582"/>
       <c r="G39" s="137">
         <f>'Input sheet'!B22</f>
         <v>72.28</v>
       </c>
-      <c r="H39" s="565"/>
-[...2 lines deleted...]
-      <c r="K39" s="551"/>
+      <c r="H39" s="570"/>
+      <c r="I39" s="556"/>
+      <c r="J39" s="556"/>
+      <c r="K39" s="556"/>
       <c r="M39" s="148"/>
     </row>
     <row r="40" spans="1:13">
       <c r="M40" s="144"/>
     </row>
   </sheetData>
   <mergeCells count="24">
     <mergeCell ref="A33:C33"/>
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="E39:F39"/>
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="A34:C34"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="A38:C38"/>
     <mergeCell ref="A36:C36"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A37:C37"/>
     <mergeCell ref="A29:C29"/>
     <mergeCell ref="A3:G6"/>
     <mergeCell ref="H3:K6"/>
     <mergeCell ref="H9:K14"/>
     <mergeCell ref="H16:K27"/>
     <mergeCell ref="H29:K39"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="D13:E13"/>
@@ -43981,245 +43970,245 @@
       <c r="L1" s="296"/>
       <c r="M1" s="296"/>
       <c r="N1" s="296"/>
       <c r="O1" s="296"/>
       <c r="P1" s="296"/>
     </row>
     <row r="2" spans="1:16" s="2" customFormat="1" ht="15" thickBot="1">
       <c r="A2" s="296"/>
       <c r="B2" s="296"/>
       <c r="C2" s="296"/>
       <c r="D2" s="296"/>
       <c r="E2" s="296"/>
       <c r="F2" s="296"/>
       <c r="G2" s="296"/>
       <c r="H2" s="296"/>
       <c r="I2" s="296"/>
       <c r="J2" s="296"/>
       <c r="K2" s="296"/>
       <c r="L2" s="296"/>
       <c r="M2" s="296"/>
       <c r="N2" s="296"/>
       <c r="O2" s="296"/>
       <c r="P2" s="296"/>
     </row>
     <row r="3" spans="1:16" ht="17" thickBot="1">
-      <c r="A3" s="589" t="str">
+      <c r="A3" s="594" t="str">
         <f>'Input sheet'!B4</f>
         <v>Almarai</v>
       </c>
-      <c r="B3" s="590"/>
-[...12 lines deleted...]
-      <c r="O3" s="581">
+      <c r="B3" s="595"/>
+      <c r="C3" s="595"/>
+      <c r="D3" s="595"/>
+      <c r="E3" s="595"/>
+      <c r="F3" s="595"/>
+      <c r="G3" s="595"/>
+      <c r="H3" s="595"/>
+      <c r="I3" s="595"/>
+      <c r="J3" s="595"/>
+      <c r="K3" s="595"/>
+      <c r="L3" s="595"/>
+      <c r="M3" s="595"/>
+      <c r="N3" s="596"/>
+      <c r="O3" s="586">
         <f>'Input sheet'!B3</f>
         <v>44592</v>
       </c>
-      <c r="P3" s="582"/>
+      <c r="P3" s="587"/>
     </row>
     <row r="4" spans="1:16" ht="15" thickBot="1">
       <c r="A4" s="436"/>
       <c r="P4" s="437"/>
     </row>
     <row r="5" spans="1:16" ht="15" thickBot="1">
-      <c r="A5" s="599" t="s">
+      <c r="A5" s="604" t="s">
         <v>843</v>
       </c>
-      <c r="B5" s="600"/>
-[...1 lines deleted...]
-      <c r="E5" s="594" t="s">
+      <c r="B5" s="605"/>
+      <c r="C5" s="606"/>
+      <c r="E5" s="599" t="s">
         <v>839</v>
       </c>
-      <c r="F5" s="595"/>
-      <c r="H5" s="594" t="s">
+      <c r="F5" s="600"/>
+      <c r="H5" s="599" t="s">
         <v>840</v>
       </c>
-      <c r="I5" s="595"/>
-      <c r="K5" s="594" t="s">
+      <c r="I5" s="600"/>
+      <c r="K5" s="599" t="s">
         <v>841</v>
       </c>
-      <c r="L5" s="595"/>
+      <c r="L5" s="600"/>
       <c r="P5" s="437"/>
     </row>
     <row r="6" spans="1:16" ht="14" customHeight="1">
       <c r="A6" s="436"/>
       <c r="B6" s="370" t="s">
         <v>221</v>
       </c>
       <c r="C6" s="370" t="s">
         <v>842</v>
       </c>
-      <c r="E6" s="583" t="str">
+      <c r="E6" s="588" t="str">
         <f>'Stories to Numbers'!G9</f>
         <v>Disruption platform in multiple businesses</v>
       </c>
-      <c r="F6" s="584"/>
-      <c r="H6" s="583" t="str">
+      <c r="F6" s="589"/>
+      <c r="H6" s="588" t="str">
         <f>'Stories to Numbers'!G10</f>
         <v>Margins improve, aided by cloud business &amp; continued economies of scale.</v>
       </c>
-      <c r="I6" s="584"/>
-      <c r="K6" s="583" t="str">
+      <c r="I6" s="589"/>
+      <c r="K6" s="588" t="str">
         <f>'Stories to Numbers'!G12</f>
         <v>Maintained at Amazon's current level</v>
       </c>
-      <c r="L6" s="584"/>
-      <c r="O6" s="592" t="s">
+      <c r="L6" s="589"/>
+      <c r="O6" s="597" t="s">
         <v>534</v>
       </c>
-      <c r="P6" s="593"/>
+      <c r="P6" s="598"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" s="438" t="s">
         <v>834</v>
       </c>
       <c r="B7" s="356">
         <f>'Input sheet'!I25</f>
         <v>7.6324035895078524E-2</v>
       </c>
       <c r="C7" s="356">
         <f>'Input sheet'!K25</f>
         <v>9.6518456561922261E-2</v>
       </c>
-      <c r="E7" s="585"/>
-[...4 lines deleted...]
-      <c r="L7" s="586"/>
+      <c r="E7" s="590"/>
+      <c r="F7" s="591"/>
+      <c r="H7" s="590"/>
+      <c r="I7" s="591"/>
+      <c r="K7" s="590"/>
+      <c r="L7" s="591"/>
       <c r="O7" s="354" t="s">
         <v>838</v>
       </c>
       <c r="P7" s="439">
         <f>O16</f>
         <v>4.58E-2</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="438" t="s">
         <v>835</v>
       </c>
       <c r="B8" s="364">
         <f>'Valuation output'!B3</f>
         <v>21765.4</v>
       </c>
-      <c r="E8" s="585"/>
-[...4 lines deleted...]
-      <c r="L8" s="586"/>
+      <c r="E8" s="590"/>
+      <c r="F8" s="591"/>
+      <c r="H8" s="590"/>
+      <c r="I8" s="591"/>
+      <c r="K8" s="590"/>
+      <c r="L8" s="591"/>
       <c r="O8" s="354" t="s">
         <v>135</v>
       </c>
       <c r="P8" s="439">
         <f>'Valuation output'!M12</f>
         <v>8.8099999999999998E-2</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="438" t="s">
         <v>504</v>
       </c>
       <c r="B9" s="356">
         <f>'Valuation output'!B4</f>
         <v>0.14063146094259696</v>
       </c>
       <c r="C9" s="356">
         <f>'Input sheet'!K26</f>
         <v>8.5358248393229127E-2</v>
       </c>
-      <c r="E9" s="585"/>
-[...4 lines deleted...]
-      <c r="L9" s="586"/>
+      <c r="E9" s="590"/>
+      <c r="F9" s="591"/>
+      <c r="H9" s="590"/>
+      <c r="I9" s="591"/>
+      <c r="K9" s="590"/>
+      <c r="L9" s="591"/>
       <c r="O9" s="354" t="s">
         <v>524</v>
       </c>
       <c r="P9" s="439">
         <f>'Valuation output'!M40</f>
         <v>8.809999999999997E-2</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="438" t="s">
         <v>836</v>
       </c>
       <c r="B10" s="364">
         <f>'Valuation output'!B5</f>
         <v>3060.9</v>
       </c>
-      <c r="E10" s="585"/>
-[...4 lines deleted...]
-      <c r="L10" s="586"/>
+      <c r="E10" s="590"/>
+      <c r="F10" s="591"/>
+      <c r="H10" s="590"/>
+      <c r="I10" s="591"/>
+      <c r="K10" s="590"/>
+      <c r="L10" s="591"/>
       <c r="O10" s="354" t="s">
         <v>470</v>
       </c>
       <c r="P10" s="439">
         <f>P7/P9</f>
         <v>0.51986379114642467</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="438" t="s">
         <v>506</v>
       </c>
       <c r="B11" s="364">
         <f>'Valuation output'!B7</f>
         <v>2525.2424999999998</v>
       </c>
-      <c r="E11" s="585"/>
-[...4 lines deleted...]
-      <c r="L11" s="586"/>
+      <c r="E11" s="590"/>
+      <c r="F11" s="591"/>
+      <c r="H11" s="590"/>
+      <c r="I11" s="591"/>
+      <c r="K11" s="590"/>
+      <c r="L11" s="591"/>
       <c r="P11" s="440"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="436"/>
-      <c r="E12" s="587"/>
-[...4 lines deleted...]
-      <c r="L12" s="588"/>
+      <c r="E12" s="592"/>
+      <c r="F12" s="593"/>
+      <c r="H12" s="592"/>
+      <c r="I12" s="593"/>
+      <c r="K12" s="592"/>
+      <c r="L12" s="593"/>
       <c r="P12" s="440"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="436"/>
       <c r="P13" s="440"/>
     </row>
     <row r="14" spans="1:16" ht="15" thickBot="1">
       <c r="A14" s="436"/>
       <c r="P14" s="437"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="441" t="str">
         <f>'Valuation output'!A19</f>
         <v>PV(Terminal value)</v>
       </c>
       <c r="B15" s="365">
         <f>'Valuation output'!B19</f>
         <v>21122.991836222696</v>
       </c>
       <c r="D15" s="354"/>
       <c r="E15" s="357">
         <f>'Valuation output'!C1</f>
         <v>1</v>
       </c>
       <c r="F15" s="357">
@@ -44915,122 +44904,122 @@
         <f>'Valuation output'!L40</f>
         <v>8.4244127198829191E-2</v>
       </c>
       <c r="O29" s="356">
         <f>'Valuation output'!M40</f>
         <v>8.809999999999997E-2</v>
       </c>
       <c r="P29" s="437"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="443" t="s">
         <v>847</v>
       </c>
       <c r="B30" s="374">
         <f>B29/B27-1</f>
         <v>9.0558717617935311</v>
       </c>
       <c r="P30" s="437"/>
     </row>
     <row r="31" spans="1:16" ht="15" thickBot="1">
       <c r="A31" s="436"/>
       <c r="P31" s="437"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="436"/>
-      <c r="D32" s="594" t="s">
+      <c r="D32" s="599" t="s">
         <v>848</v>
       </c>
-      <c r="E32" s="595"/>
-      <c r="G32" s="594" t="s">
+      <c r="E32" s="600"/>
+      <c r="G32" s="599" t="s">
         <v>849</v>
       </c>
-      <c r="H32" s="596"/>
-      <c r="I32" s="595"/>
+      <c r="H32" s="601"/>
+      <c r="I32" s="600"/>
       <c r="P32" s="437"/>
     </row>
     <row r="33" spans="1:16" ht="14" customHeight="1">
       <c r="A33" s="436"/>
-      <c r="D33" s="597" t="str">
+      <c r="D33" s="602" t="str">
         <f>'Stories to Numbers'!G14</f>
         <v>Cost of capital close to median company</v>
       </c>
-      <c r="E33" s="597"/>
-      <c r="G33" s="597" t="str">
+      <c r="E33" s="602"/>
+      <c r="G33" s="602" t="str">
         <f>'Stories to Numbers'!G13</f>
         <v>Strong competitive edges</v>
       </c>
-      <c r="H33" s="597"/>
-      <c r="I33" s="597"/>
+      <c r="H33" s="602"/>
+      <c r="I33" s="602"/>
       <c r="P33" s="437"/>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="436"/>
-      <c r="D34" s="597"/>
-[...3 lines deleted...]
-      <c r="I34" s="597"/>
+      <c r="D34" s="602"/>
+      <c r="E34" s="602"/>
+      <c r="G34" s="602"/>
+      <c r="H34" s="602"/>
+      <c r="I34" s="602"/>
       <c r="P34" s="437"/>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="436"/>
-      <c r="D35" s="597"/>
-[...3 lines deleted...]
-      <c r="I35" s="597"/>
+      <c r="D35" s="602"/>
+      <c r="E35" s="602"/>
+      <c r="G35" s="602"/>
+      <c r="H35" s="602"/>
+      <c r="I35" s="602"/>
       <c r="P35" s="437"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="436"/>
-      <c r="D36" s="597"/>
-[...3 lines deleted...]
-      <c r="I36" s="597"/>
+      <c r="D36" s="602"/>
+      <c r="E36" s="602"/>
+      <c r="G36" s="602"/>
+      <c r="H36" s="602"/>
+      <c r="I36" s="602"/>
       <c r="P36" s="437"/>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="436"/>
-      <c r="D37" s="597"/>
-[...3 lines deleted...]
-      <c r="I37" s="597"/>
+      <c r="D37" s="602"/>
+      <c r="E37" s="602"/>
+      <c r="G37" s="602"/>
+      <c r="H37" s="602"/>
+      <c r="I37" s="602"/>
       <c r="P37" s="437"/>
     </row>
     <row r="38" spans="1:16" ht="15" thickBot="1">
       <c r="A38" s="448"/>
       <c r="B38" s="449"/>
       <c r="C38" s="449"/>
-      <c r="D38" s="598"/>
-      <c r="E38" s="598"/>
+      <c r="D38" s="603"/>
+      <c r="E38" s="603"/>
       <c r="F38" s="449"/>
-      <c r="G38" s="598"/>
-[...1 lines deleted...]
-      <c r="I38" s="598"/>
+      <c r="G38" s="603"/>
+      <c r="H38" s="603"/>
+      <c r="I38" s="603"/>
       <c r="J38" s="449"/>
       <c r="K38" s="449"/>
       <c r="L38" s="449"/>
       <c r="M38" s="449"/>
       <c r="N38" s="449"/>
       <c r="O38" s="449"/>
       <c r="P38" s="450"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="D32:E32"/>
     <mergeCell ref="G32:I32"/>
     <mergeCell ref="D33:E38"/>
     <mergeCell ref="G33:I38"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="O3:P3"/>
     <mergeCell ref="E6:F12"/>
     <mergeCell ref="H6:I12"/>
     <mergeCell ref="K6:L12"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="O6:P6"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="K5:L5"/>
   </mergeCells>
@@ -45042,54 +45031,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:G42"/>
   <sheetViews>
     <sheetView topLeftCell="A35" zoomScale="125" zoomScaleNormal="125" workbookViewId="0">
       <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="61.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="17.6640625" style="244" customWidth="1"/>
     <col min="3" max="3" width="21" style="244" customWidth="1"/>
     <col min="4" max="4" width="20.5" style="244" customWidth="1"/>
     <col min="5" max="5" width="17.6640625" style="244" customWidth="1"/>
     <col min="6" max="6" width="11.1640625" style="4" customWidth="1"/>
     <col min="7" max="7" width="72" style="4" customWidth="1"/>
     <col min="8" max="16384" width="10.83203125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="248" t="s">
         <v>768</v>
       </c>
       <c r="B1" s="249"/>
       <c r="C1" s="250"/>
-      <c r="D1" s="604" t="s">
+      <c r="D1" s="609" t="s">
         <v>766</v>
       </c>
-      <c r="E1" s="605"/>
+      <c r="E1" s="610"/>
       <c r="G1" s="245" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="34">
       <c r="A2" s="251"/>
       <c r="B2" s="252" t="s">
         <v>733</v>
       </c>
       <c r="C2" s="252" t="s">
         <v>764</v>
       </c>
       <c r="D2" s="252" t="s">
         <v>620</v>
       </c>
       <c r="E2" s="253" t="s">
         <v>618</v>
       </c>
       <c r="G2" s="260" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="34">
       <c r="A3" s="451" t="s">
         <v>765</v>
@@ -45468,55 +45457,55 @@
     </row>
     <row r="34" spans="1:6" ht="17" thickBot="1"/>
     <row r="35" spans="1:6">
       <c r="A35" s="256" t="s">
         <v>803</v>
       </c>
       <c r="B35" s="250"/>
       <c r="C35" s="250"/>
       <c r="D35" s="250"/>
       <c r="E35" s="254"/>
     </row>
     <row r="36" spans="1:6" s="76" customFormat="1" ht="14" thickBot="1">
       <c r="A36" s="267" t="s">
         <v>22</v>
       </c>
       <c r="B36" s="263">
         <f>'Valuation output'!B33/'Valuation output'!B34</f>
         <v>9.9444386691506834E-2</v>
       </c>
       <c r="C36" s="268"/>
       <c r="D36" s="268"/>
       <c r="E36" s="269"/>
     </row>
     <row r="37" spans="1:6" s="76" customFormat="1" ht="17" thickBot="1">
       <c r="A37" s="78"/>
-      <c r="B37" s="602" t="str">
+      <c r="B37" s="607" t="str">
         <f>IF(B36="NA","Value is negative. See below",IF(B36&gt;2,"Value seems high. See below",IF(B36&lt;0.5,"Value seems low. See below"," ")))</f>
         <v>Value seems low. See below</v>
       </c>
-      <c r="C37" s="603"/>
+      <c r="C37" s="608"/>
       <c r="D37" s="268"/>
       <c r="E37" s="269"/>
       <c r="F37" s="6"/>
     </row>
     <row r="38" spans="1:6" s="6" customFormat="1" ht="42">
       <c r="A38" s="274" t="s">
         <v>4</v>
       </c>
       <c r="B38" s="461" t="s">
         <v>0</v>
       </c>
       <c r="C38" s="462" t="s">
         <v>1</v>
       </c>
       <c r="D38" s="270"/>
       <c r="E38" s="271"/>
     </row>
     <row r="39" spans="1:6" s="6" customFormat="1" ht="35" customHeight="1">
       <c r="A39" s="264" t="s">
         <v>804</v>
       </c>
       <c r="B39" s="463" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="463" t="s">
@@ -45578,62 +45567,62 @@
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D33" sqref="D33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="44.33203125" style="188" customWidth="1"/>
     <col min="2" max="2" width="28.1640625" style="188" customWidth="1"/>
     <col min="3" max="3" width="30.6640625" style="188" customWidth="1"/>
     <col min="4" max="4" width="24.83203125" style="188" customWidth="1"/>
     <col min="5" max="7" width="44.33203125" style="130" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="19" customHeight="1">
-      <c r="A1" s="606" t="s">
+      <c r="A1" s="611" t="s">
         <v>811</v>
       </c>
-      <c r="B1" s="607"/>
-[...1 lines deleted...]
-      <c r="D1" s="607"/>
+      <c r="B1" s="612"/>
+      <c r="C1" s="612"/>
+      <c r="D1" s="612"/>
     </row>
     <row r="2" spans="1:7" ht="38" customHeight="1">
-      <c r="A2" s="606"/>
-[...2 lines deleted...]
-      <c r="D2" s="607"/>
+      <c r="A2" s="611"/>
+      <c r="B2" s="612"/>
+      <c r="C2" s="612"/>
+      <c r="D2" s="612"/>
     </row>
     <row r="3" spans="1:7" s="294" customFormat="1" ht="18">
       <c r="A3" s="236" t="s">
         <v>52</v>
       </c>
       <c r="B3" s="236"/>
       <c r="C3" s="236"/>
       <c r="D3" s="236"/>
       <c r="E3" s="236"/>
       <c r="F3" s="236"/>
       <c r="G3" s="236"/>
     </row>
     <row r="4" spans="1:7" s="295" customFormat="1">
       <c r="A4" s="188" t="s">
         <v>53</v>
       </c>
       <c r="B4" s="275">
         <f>'Input sheet'!B22</f>
         <v>72.28</v>
       </c>
       <c r="C4" s="188"/>
       <c r="D4" s="188"/>
       <c r="E4" s="188"/>
     </row>
     <row r="5" spans="1:7" s="295" customFormat="1">
@@ -45964,78 +45953,78 @@
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:Y60"/>
   <sheetViews>
     <sheetView zoomScale="86" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G41" sqref="G41:H56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="4" width="11.1640625" style="188" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.83203125" style="188"/>
     <col min="6" max="6" width="12.83203125" style="188" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10.83203125" style="188"/>
     <col min="8" max="8" width="11.1640625" style="188" bestFit="1" customWidth="1"/>
     <col min="9" max="10" width="10.83203125" style="188"/>
     <col min="11" max="20" width="11.1640625" style="188" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
-      <c r="A1" s="611" t="s">
+      <c r="A1" s="616" t="s">
         <v>763</v>
       </c>
-      <c r="B1" s="612"/>
-[...9 lines deleted...]
-      <c r="L1" s="613"/>
+      <c r="B1" s="617"/>
+      <c r="C1" s="617"/>
+      <c r="D1" s="617"/>
+      <c r="E1" s="617"/>
+      <c r="F1" s="617"/>
+      <c r="G1" s="617"/>
+      <c r="H1" s="617"/>
+      <c r="I1" s="617"/>
+      <c r="J1" s="617"/>
+      <c r="K1" s="617"/>
+      <c r="L1" s="618"/>
     </row>
     <row r="2" spans="1:20" ht="21" customHeight="1" thickBot="1">
-      <c r="A2" s="614"/>
-[...10 lines deleted...]
-      <c r="L2" s="616"/>
+      <c r="A2" s="619"/>
+      <c r="B2" s="620"/>
+      <c r="C2" s="620"/>
+      <c r="D2" s="620"/>
+      <c r="E2" s="620"/>
+      <c r="F2" s="620"/>
+      <c r="G2" s="620"/>
+      <c r="H2" s="620"/>
+      <c r="I2" s="620"/>
+      <c r="J2" s="620"/>
+      <c r="K2" s="620"/>
+      <c r="L2" s="621"/>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" s="236" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" s="236" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="6" spans="1:20" s="73" customFormat="1" ht="17" thickBot="1">
       <c r="A6" s="281" t="s">
         <v>197</v>
       </c>
       <c r="B6" s="282"/>
       <c r="C6" s="282"/>
       <c r="D6" s="282"/>
       <c r="E6" s="282"/>
       <c r="F6" s="282"/>
       <c r="G6" s="282"/>
       <c r="H6" s="282"/>
       <c r="I6" s="282"/>
       <c r="J6" s="282"/>
       <c r="K6" s="282"/>
@@ -46360,63 +46349,63 @@
       <c r="I18" s="282"/>
       <c r="J18" s="282"/>
       <c r="K18" s="282"/>
       <c r="L18" s="282"/>
       <c r="M18" s="282"/>
       <c r="N18" s="282"/>
       <c r="O18" s="282"/>
       <c r="P18" s="282"/>
       <c r="Q18" s="282"/>
       <c r="R18" s="282"/>
       <c r="S18" s="282"/>
       <c r="T18" s="282"/>
     </row>
     <row r="19" spans="1:20" s="74" customFormat="1" ht="17" thickBot="1">
       <c r="A19" s="236" t="s">
         <v>209</v>
       </c>
       <c r="B19" s="188"/>
       <c r="C19" s="188"/>
       <c r="D19" s="188"/>
       <c r="E19" s="188"/>
       <c r="F19" s="188"/>
       <c r="G19" s="188"/>
       <c r="H19" s="188"/>
       <c r="I19" s="188"/>
-      <c r="J19" s="608" t="s">
+      <c r="J19" s="613" t="s">
         <v>619</v>
       </c>
-      <c r="K19" s="609"/>
-[...8 lines deleted...]
-      <c r="T19" s="610"/>
+      <c r="K19" s="614"/>
+      <c r="L19" s="614"/>
+      <c r="M19" s="614"/>
+      <c r="N19" s="614"/>
+      <c r="O19" s="614"/>
+      <c r="P19" s="614"/>
+      <c r="Q19" s="614"/>
+      <c r="R19" s="614"/>
+      <c r="S19" s="614"/>
+      <c r="T19" s="615"/>
     </row>
     <row r="20" spans="1:20" s="74" customFormat="1">
       <c r="A20" s="315" t="s">
         <v>210</v>
       </c>
       <c r="B20" s="315"/>
       <c r="C20" s="316"/>
       <c r="D20" s="316"/>
       <c r="E20" s="188"/>
       <c r="F20" s="188"/>
       <c r="G20" s="188"/>
       <c r="H20" s="188"/>
       <c r="I20" s="188"/>
       <c r="J20" s="302" t="s">
         <v>611</v>
       </c>
       <c r="K20" s="303">
         <v>1</v>
       </c>
       <c r="L20" s="303">
         <v>2</v>
       </c>
       <c r="M20" s="303">
         <v>3</v>
       </c>
@@ -49252,56 +49241,51 @@
     <row r="139" spans="1:2">
       <c r="A139" s="400" t="s">
         <v>963</v>
       </c>
       <c r="B139" s="401">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140" s="400" t="s">
         <v>964</v>
       </c>
       <c r="B140" s="401">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141" s="404" t="s">
         <v>965</v>
       </c>
       <c r="B141" s="405">
         <v>10</v>
       </c>
     </row>
   </sheetData>
-  <conditionalFormatting sqref="B14:B20">
-[...4 lines deleted...]
-  <conditionalFormatting sqref="B11:B13">
+  <conditionalFormatting sqref="B11:B20">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:L34"/>
   <sheetViews>
     <sheetView zoomScale="148" zoomScaleNormal="148" workbookViewId="0">
       <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <sheetData>
     <row r="1" spans="1:12" s="5" customFormat="1" ht="18">
       <c r="A1" s="15" t="s">
@@ -49315,161 +49299,161 @@
       <c r="G1" s="15"/>
       <c r="H1" s="15"/>
       <c r="I1" s="15"/>
       <c r="J1" s="15"/>
       <c r="K1" s="15"/>
     </row>
     <row r="2" spans="1:12" s="5" customFormat="1" ht="19" thickBot="1">
       <c r="A2" s="15" t="s">
         <v>145</v>
       </c>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
       <c r="G2" s="15"/>
       <c r="H2" s="15"/>
       <c r="I2" s="15"/>
       <c r="J2" s="15"/>
       <c r="K2" s="15"/>
     </row>
     <row r="3" spans="1:12" s="11" customFormat="1" ht="13" customHeight="1">
       <c r="A3" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="H3" s="617" t="s">
+      <c r="H3" s="622" t="s">
         <v>713</v>
       </c>
-      <c r="I3" s="618"/>
-[...2 lines deleted...]
-      <c r="L3" s="619"/>
+      <c r="I3" s="623"/>
+      <c r="J3" s="623"/>
+      <c r="K3" s="623"/>
+      <c r="L3" s="624"/>
     </row>
     <row r="4" spans="1:12" s="6" customFormat="1">
       <c r="A4" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E4" s="19">
         <v>295</v>
       </c>
-      <c r="H4" s="620"/>
-[...3 lines deleted...]
-      <c r="L4" s="622"/>
+      <c r="H4" s="625"/>
+      <c r="I4" s="626"/>
+      <c r="J4" s="626"/>
+      <c r="K4" s="626"/>
+      <c r="L4" s="627"/>
     </row>
     <row r="5" spans="1:12" s="9" customFormat="1">
       <c r="A5" s="9" t="s">
         <v>107</v>
       </c>
-      <c r="H5" s="620"/>
-[...3 lines deleted...]
-      <c r="L5" s="622"/>
+      <c r="H5" s="625"/>
+      <c r="I5" s="626"/>
+      <c r="J5" s="626"/>
+      <c r="K5" s="626"/>
+      <c r="L5" s="627"/>
     </row>
     <row r="6" spans="1:12" s="6" customFormat="1">
       <c r="A6" s="16" t="s">
         <v>108</v>
       </c>
       <c r="B6" s="16" t="s">
         <v>109</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="H6" s="620"/>
-[...3 lines deleted...]
-      <c r="L6" s="622"/>
+      <c r="H6" s="625"/>
+      <c r="I6" s="626"/>
+      <c r="J6" s="626"/>
+      <c r="K6" s="626"/>
+      <c r="L6" s="627"/>
     </row>
     <row r="7" spans="1:12" s="6" customFormat="1">
       <c r="A7" s="16">
         <v>1</v>
       </c>
       <c r="B7" s="166">
         <v>287</v>
       </c>
-      <c r="H7" s="620"/>
-[...3 lines deleted...]
-      <c r="L7" s="622"/>
+      <c r="H7" s="625"/>
+      <c r="I7" s="626"/>
+      <c r="J7" s="626"/>
+      <c r="K7" s="626"/>
+      <c r="L7" s="627"/>
     </row>
     <row r="8" spans="1:12" s="6" customFormat="1">
       <c r="A8" s="16">
         <v>2</v>
       </c>
       <c r="B8" s="166">
         <v>235</v>
       </c>
-      <c r="H8" s="620"/>
-[...3 lines deleted...]
-      <c r="L8" s="622"/>
+      <c r="H8" s="625"/>
+      <c r="I8" s="626"/>
+      <c r="J8" s="626"/>
+      <c r="K8" s="626"/>
+      <c r="L8" s="627"/>
     </row>
     <row r="9" spans="1:12" s="6" customFormat="1">
       <c r="A9" s="16">
         <v>3</v>
       </c>
       <c r="B9" s="166">
         <v>194</v>
       </c>
-      <c r="H9" s="620"/>
-[...3 lines deleted...]
-      <c r="L9" s="622"/>
+      <c r="H9" s="625"/>
+      <c r="I9" s="626"/>
+      <c r="J9" s="626"/>
+      <c r="K9" s="626"/>
+      <c r="L9" s="627"/>
     </row>
     <row r="10" spans="1:12" s="6" customFormat="1">
       <c r="A10" s="16">
         <v>4</v>
       </c>
       <c r="B10" s="166">
         <v>151</v>
       </c>
-      <c r="H10" s="620"/>
-[...3 lines deleted...]
-      <c r="L10" s="622"/>
+      <c r="H10" s="625"/>
+      <c r="I10" s="626"/>
+      <c r="J10" s="626"/>
+      <c r="K10" s="626"/>
+      <c r="L10" s="627"/>
     </row>
     <row r="11" spans="1:12" s="6" customFormat="1" ht="14" thickBot="1">
       <c r="A11" s="16">
         <v>5</v>
       </c>
       <c r="B11" s="166">
         <v>98</v>
       </c>
-      <c r="H11" s="623"/>
-[...3 lines deleted...]
-      <c r="L11" s="625"/>
+      <c r="H11" s="628"/>
+      <c r="I11" s="629"/>
+      <c r="J11" s="629"/>
+      <c r="K11" s="629"/>
+      <c r="L11" s="630"/>
     </row>
     <row r="12" spans="1:12" s="6" customFormat="1" ht="14">
       <c r="A12" s="16" t="s">
         <v>111</v>
       </c>
       <c r="B12" s="142">
         <v>605</v>
       </c>
     </row>
     <row r="13" spans="1:12" s="6" customFormat="1"/>
     <row r="14" spans="1:12" s="17" customFormat="1" ht="17" thickBot="1">
       <c r="A14" s="17" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:12" s="6" customFormat="1" ht="14" thickBot="1">
       <c r="A15" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C15" s="38">
         <f>'Cost of capital worksheet'!B37</f>
         <v>5.2803000000000003E-2</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>218</v>